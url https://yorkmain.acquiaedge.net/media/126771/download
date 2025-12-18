--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -107,110 +107,110 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="HeadlineTahoma20ptBold"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pavement Marking</w:t>
       </w:r>
       <w:r w:rsidR="00FB7F68">
         <w:rPr>
           <w:rStyle w:val="HeadlineTahoma20ptBold"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Items</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9581" w:type="dxa"/>
+        <w:tblW w:w="9724" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1076"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="1844"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="0CF2B92B" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="0CF2B92B" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1303BBD7" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00BC0E60" w:rsidRDefault="005D1F19">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0E60">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Item #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1149F33C" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00BC0E60" w:rsidRDefault="005D1F19">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0E60">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Item Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D050D40" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00BC0E60" w:rsidRDefault="005D1F19">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:commentRangeStart w:id="1"/>
             <w:r w:rsidRPr="00BC0E60">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Unit of Measurement</w:t>
             </w:r>
             <w:commentRangeEnd w:id="1"/>
             <w:r w:rsidR="00FA274B">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -263,51 +263,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E667DBF" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00BC0E60" w:rsidRDefault="005D1F19">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0E60">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="0564E233" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="0564E233" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="56B6639D" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -322,51 +322,51 @@
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E185255" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Permanent Durable Pavement Markings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="761B479D" w14:textId="5802E544" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="003A5E8A">
               <w:rPr>
@@ -411,51 +411,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0F13CB24" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="116C9923" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="116C9923" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0A4661E6" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -470,51 +470,51 @@
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49265DD7" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="00381D4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Permanent Durable Pavement Markings – Crosswalk Lines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5FEADE2A" w14:textId="390CE391" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="003A5E8A">
               <w:rPr>
@@ -559,51 +559,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0C180B0D" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="5E7B96EA" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="5E7B96EA" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0E3B9C06" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -618,51 +618,51 @@
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FDD5086" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="003D0495">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Permanent Durable Pavement Markings – Intersection Stop Lines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0866DCF4" w14:textId="0FF62EF1" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="003A5E8A">
               <w:rPr>
@@ -707,1963 +707,2373 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="351AC16F" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="481A1090" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="68C18187" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="465975CF" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
+          <w:p w14:paraId="78B7E0D6" w14:textId="458454BB" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="005D1F19" w:rsidP="001626C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM004</w:t>
+              <w:t>PM006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71096821" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="001626C1">
-            <w:pPr>
+          <w:p w14:paraId="41396EA6" w14:textId="00B35D2F" w:rsidR="00FA274B" w:rsidRDefault="005D1F19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>Permanent Durable Pavement Markings – Zebra Markings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="5356A85A" w14:textId="331FE20B" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="10ECA357" w14:textId="0652EFED" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5E8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>etres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3E855A90" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...36 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="62D9816F" w14:textId="4573B3B5" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="1CF0264C" w14:textId="1DD3EF8A" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="4D476C7F" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="43F9FF3C" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="5E5EDFAD" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w:rsidRPr="003869B2" w14:paraId="7B101897" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="2AFA48A5" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
-[...17 lines deleted...]
-              <w:t>PM005</w:t>
+          <w:p w14:paraId="629304FD" w14:textId="6197583C" w:rsidR="00FA274B" w:rsidRPr="003869B2" w:rsidRDefault="005D1F19" w:rsidP="001626C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003869B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PM007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC19DBC" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="003D0495">
-[...24 lines deleted...]
-          <w:p w14:paraId="44CD0D30" w14:textId="3DD19358" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+          <w:p w14:paraId="3D333BCC" w14:textId="0620F0D5" w:rsidR="00FA274B" w:rsidRPr="003869B2" w:rsidRDefault="005D1F19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003869B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Permanent Durable Pavement Markings – Symbols</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="7189CB6F" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="003869B2" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:t>etres</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003869B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="097FC6C1" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="4E4E68B8" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="05F88533" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
-[...6 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="31143D60" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="003869B2" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="2A1ABA03" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
-[...6 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="7083603E" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="003869B2" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="68C18187" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00A459ED" w14:paraId="39394184" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="78B7E0D6" w14:textId="458454BB" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="005D1F19" w:rsidP="001626C1">
+          <w:p w14:paraId="64667CEB" w14:textId="23978983" w:rsidR="00A459ED" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM006</w:t>
+              <w:t>PM008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41396EA6" w14:textId="00B35D2F" w:rsidR="00FA274B" w:rsidRDefault="005D1F19">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4AD33004" w14:textId="63AB27C8" w:rsidR="00A459ED" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00102CBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Permanent Durable Pavement Markings – </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="5356A85A" w14:textId="331FE20B" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Elephant Feet</w:t>
+            </w:r>
+            <w:r w:rsidR="007104AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Markings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E5F1D5" w14:textId="77777777" w:rsidR="00A459ED" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-              <w:t>etres</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="3E855A90" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="6A7B2CD4" w14:textId="77777777" w:rsidR="00A459ED" w:rsidRPr="00AC4A03" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="1CF0264C" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="1273A08D" w14:textId="77777777" w:rsidR="00A459ED" w:rsidRPr="0059781F" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="43F9FF3C" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="78E30B66" w14:textId="77777777" w:rsidR="00A459ED" w:rsidRPr="0059781F" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w:rsidRPr="003869B2" w14:paraId="7B101897" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="65226013" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="629304FD" w14:textId="6197583C" w:rsidR="00FA274B" w:rsidRPr="003869B2" w:rsidRDefault="005D1F19" w:rsidP="001626C1">
-[...17 lines deleted...]
-              <w:t>PM007</w:t>
+          <w:p w14:paraId="338C529D" w14:textId="07832353" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="005D1F19" w:rsidP="0038356E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PM00</w:t>
+            </w:r>
+            <w:r w:rsidR="00C044B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="7189CB6F" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="003869B2" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+          </w:tcPr>
+          <w:p w14:paraId="294A3152" w14:textId="382212ED" w:rsidR="00FA274B" w:rsidRDefault="00B85333" w:rsidP="0038356E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Green Skid/Slip Resistant Preformed Thermoplastic Pavement Markings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1E52D9ED" w14:textId="3B1F6D0D" w:rsidR="00FA274B" w:rsidRPr="00B85333" w:rsidRDefault="003A5E8A" w:rsidP="0038356E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-US"/>
-[...10 lines deleted...]
-              <w:t>each</w:t>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="4E4E68B8" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="6B7F2958" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="31143D60" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="003869B2" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w14:paraId="0862036B" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="7083603E" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="003869B2" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w14:paraId="3329C975" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A459ED" w14:paraId="39394184" w14:textId="77777777" w:rsidTr="00E955BA">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="16B64A16" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="64667CEB" w14:textId="23978983" w:rsidR="00A459ED" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
+          <w:p w14:paraId="72CC992F" w14:textId="00A9A6B9" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM008</w:t>
+              <w:t>PM0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C044B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AD33004" w14:textId="63AB27C8" w:rsidR="00A459ED" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
-            <w:pPr>
+          <w:p w14:paraId="2E1D8993" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interim Traffic Paint Pavement Markings – Lines (Provisional) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3E339CA7" w14:textId="52152123" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="22E5F1D5" w14:textId="77777777" w:rsidR="00A459ED" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5E8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>etres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0D7ABF" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="1273A08D" w14:textId="77777777" w:rsidR="00A459ED" w:rsidRPr="0059781F" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
+          <w:p w14:paraId="692AE78C" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="78E30B66" w14:textId="77777777" w:rsidR="00A459ED" w:rsidRPr="0059781F" w:rsidRDefault="00A459ED" w:rsidP="00E955BA">
+          <w:p w14:paraId="2E01D0DC" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="65226013" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="7437EBC6" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="338C529D" w14:textId="07832353" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="005D1F19" w:rsidP="0038356E">
+          <w:p w14:paraId="6A44F060" w14:textId="076DB704" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM00</w:t>
+              <w:t>PM01</w:t>
             </w:r>
             <w:r w:rsidR="00C044B4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
-          </w:tcPr>
-          <w:p w14:paraId="294A3152" w14:textId="382212ED" w:rsidR="00FA274B" w:rsidRDefault="00B85333" w:rsidP="0038356E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71C69087" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Green Skid/Slip Resistant Preformed Thermoplastic Pavement Markings</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="1E52D9ED" w14:textId="3B1F6D0D" w:rsidR="00FA274B" w:rsidRPr="00B85333" w:rsidRDefault="003A5E8A" w:rsidP="0038356E">
+              <w:t>Interim Traffic Paint Pavement Markings – Symbols (Provisional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="69A37C55" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>square metres</w:t>
+              <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="6B7F2958" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
+          <w:p w14:paraId="3FE5BB4B" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="0862036B" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
+          <w:p w14:paraId="6B4F1418" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="3329C975" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
+          <w:p w14:paraId="53C2D37B" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="16B64A16" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00CA78AF" w14:paraId="376F562E" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="72CC992F" w14:textId="00A9A6B9" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+          <w:p w14:paraId="6FEF7898" w14:textId="70B9CB2E" w:rsidR="00CA78AF" w:rsidRDefault="00CA78AF" w:rsidP="007415BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM0</w:t>
-[...9 lines deleted...]
-              <w:t>10</w:t>
+              <w:t>PM012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1D8993" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="50F261F8" w14:textId="7560BF3A" w:rsidR="00CA78AF" w:rsidRDefault="00CA78AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interim Traffic Paint Pavement Markings – Lines (Provisional) </w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="3E339CA7" w14:textId="52152123" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+              <w:t>Interim Traffic Paint Pavement Markings – Crosswalk Lines and Stop Lines (Provisional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA53F95" w14:textId="679052AA" w:rsidR="00CA78AF" w:rsidRDefault="00CA78AF" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="003A5E8A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>etres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="5D0D7ABF" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="478524D3" w14:textId="77777777" w:rsidR="00CA78AF" w:rsidRPr="00AC4A03" w:rsidRDefault="00CA78AF" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="692AE78C" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="59E2897E" w14:textId="77777777" w:rsidR="00CA78AF" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="2E01D0DC" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="62C1949E" w14:textId="77777777" w:rsidR="00CA78AF" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="7437EBC6" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="3561673E" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="6A44F060" w14:textId="076DB704" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
+          <w:p w14:paraId="205CFFD2" w14:textId="0FD10113" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="00CA78AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM01</w:t>
-[...9 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>PM013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="71C69087" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19">
+          </w:tcPr>
+          <w:p w14:paraId="2ACEDC8E" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0038356E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Interim Traffic Paint Pavement Markings – Symbols (Provisional)</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="69A37C55" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+              <w:t xml:space="preserve">Permanent </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Aggregate Reinforced Thermoplastic System</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="5CEFEF14" w14:textId="76D805EE" w:rsidR="00FA274B" w:rsidRDefault="003A5E8A" w:rsidP="004D0082">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>each</w:t>
+              </w:rPr>
+              <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="3FE5BB4B" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="7BB3B4A5" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="6B4F1418" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="38260ABD" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="53C2D37B" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="2676C49C" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA78AF" w14:paraId="376F562E" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="7424F964" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="6FEF7898" w14:textId="70B9CB2E" w:rsidR="00CA78AF" w:rsidRDefault="00CA78AF" w:rsidP="007415BC">
+          <w:p w14:paraId="74C295CE" w14:textId="388DA6D2" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="00CA78AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM012</w:t>
+              <w:t>PM014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50F261F8" w14:textId="7560BF3A" w:rsidR="00CA78AF" w:rsidRDefault="00CA78AF">
-            <w:pPr>
+          <w:p w14:paraId="67F9E955" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>Pavement Markings – Obliterating</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="7979587D" w14:textId="43F19A2D" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="7DA53F95" w14:textId="679052AA" w:rsidR="00CA78AF" w:rsidRDefault="00CA78AF" w:rsidP="0059781F">
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5E8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>etres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3F44A1DB" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...36 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="59E2897E" w14:textId="77777777" w:rsidR="00CA78AF" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="0059781F">
+          <w:p w14:paraId="47021E82" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="62C1949E" w14:textId="77777777" w:rsidR="00CA78AF" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="0059781F">
+          <w:p w14:paraId="375933CC" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="3561673E" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="63B52FB9" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="205CFFD2" w14:textId="0FD10113" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="00CA78AF">
+          <w:p w14:paraId="49805AD4" w14:textId="63F759D4" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="00CA78AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM013</w:t>
+              <w:t>PM015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
-          </w:tcPr>
-          <w:p w14:paraId="2ACEDC8E" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0038356E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C294743" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Permanent </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Inlaid Pavement Markings – Obliterating </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="369FC3C9" w14:textId="4AA4229D" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="5CEFEF14" w14:textId="76D805EE" w:rsidR="00FA274B" w:rsidRDefault="003A5E8A" w:rsidP="004D0082">
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5E8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>etres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="2A26C5D2" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="38260ABD" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
+          <w:p w14:paraId="2C7FCDED" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="2676C49C" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0038356E">
+          <w:p w14:paraId="3E0BBF43" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="7424F964" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00C83FD5" w14:paraId="33875653" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="74C295CE" w14:textId="388DA6D2" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="00CA78AF">
+          <w:p w14:paraId="1E8461A3" w14:textId="233E137A" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="00CA78AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM014</w:t>
+              <w:t>PM016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67F9E955" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19">
+          <w:p w14:paraId="57A26555" w14:textId="4F99C53F" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="005E4A5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Pavement Markings – Obliterating</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="7979587D" w14:textId="43F19A2D" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+              <w:t>Temporary Stop Lines</w:t>
+            </w:r>
+            <w:r w:rsidR="006A02B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Crosswalk Lines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Traffic Paint</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1653C9" w14:textId="28C9D107" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="005E4A5A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="003A5E8A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>etres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="3F44A1DB" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="4F98FAB2" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="005E4A5A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="47021E82" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="3AD64CBD" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="005E4A5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="375933CC" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="4A4AD2D7" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="005E4A5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="63B52FB9" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00ED2D55" w14:paraId="53087BBF" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="49805AD4" w14:textId="63F759D4" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="00CA78AF">
+          <w:p w14:paraId="2E358254" w14:textId="673B70EA" w:rsidR="00ED2D55" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM015</w:t>
+              <w:t>PM017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C294743" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="007415BC">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="55D589D6" w14:textId="2B543988" w:rsidR="00ED2D55" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inlaid Pavement Markings – Obliterating </w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="369FC3C9" w14:textId="4AA4229D" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="0059781F">
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1F8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>orne Traffic Paint</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1F8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F2589F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1F8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pavement Markings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Application 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="7C15AEDB" w14:textId="480BE37E" w:rsidR="00ED2D55" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>m</w:t>
-[...9 lines deleted...]
-              <w:t>etres</w:t>
+              <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="2A26C5D2" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="66E1F8C6" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="00AC4A03" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="2C7FCDED" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="0611AF75" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="0059781F" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="3E0BBF43" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="0059781F">
+          <w:p w14:paraId="6F84C1B7" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="0059781F" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83FD5" w14:paraId="33875653" w14:textId="77777777" w:rsidTr="005D1F19">
+      <w:tr w:rsidR="00ED2D55" w14:paraId="18928D86" w14:textId="77777777" w:rsidTr="00ED2D55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="1E8461A3" w14:textId="233E137A" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00CA78AF" w:rsidP="00CA78AF">
+          <w:p w14:paraId="495CDFFC" w14:textId="25C7D550" w:rsidR="00ED2D55" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>PM016</w:t>
+              <w:t>PM017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57A26555" w14:textId="6FCB9751" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="005E4A5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="0B099C7E" w14:textId="592FDF76" w:rsidR="00ED2D55" w:rsidRDefault="001F1F8E" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Temporary Stop Lines – Traffic Paint</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="0C1653C9" w14:textId="28C9D107" w:rsidR="00FA274B" w:rsidRDefault="005D1F19" w:rsidP="005E4A5A">
+              <w:t xml:space="preserve">Water-Borne Traffic Paint </w:t>
+            </w:r>
+            <w:r w:rsidR="00F2589F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pavement Markings – </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED2D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Application 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC54E5D" w14:textId="12DDF63E" w:rsidR="00ED2D55" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>m</w:t>
-[...9 lines deleted...]
-              <w:t>etres</w:t>
+              <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="4F98FAB2" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="00AC4A03" w:rsidRDefault="00FA274B" w:rsidP="005E4A5A">
+          <w:p w14:paraId="4E5C0F4A" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="00AC4A03" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="3AD64CBD" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="005E4A5A">
+          <w:p w14:paraId="3CC36AFE" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="0059781F" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="4A4AD2D7" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRPr="0059781F" w:rsidRDefault="00FA274B" w:rsidP="005E4A5A">
+          <w:p w14:paraId="2FEC5556" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="0059781F" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2D55" w14:paraId="49B10D77" w14:textId="77777777" w:rsidTr="00ED2D55">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="07BC4003" w14:textId="14E66C30" w:rsidR="00ED2D55" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PM017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF074CD" w14:textId="1C9C8F88" w:rsidR="00ED2D55" w:rsidRDefault="001F1F8E" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water-Borne Traffic Paint </w:t>
+            </w:r>
+            <w:r w:rsidR="00F2589F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pavement Markings – </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED2D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Application 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="32BDC1C7" w14:textId="42B50873" w:rsidR="00ED2D55" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>metres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="34BFB8F3" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="00AC4A03" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3A270AF5" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="0059781F" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="06DC3A31" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="0059781F" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2D55" w14:paraId="3214F675" w14:textId="77777777" w:rsidTr="00ED2D55">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="285E79C1" w14:textId="0FFF8B7F" w:rsidR="00ED2D55" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>PM017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B71ADB1" w14:textId="3D3B09D5" w:rsidR="00ED2D55" w:rsidRDefault="001F1F8E" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water-Borne Traffic Paint </w:t>
+            </w:r>
+            <w:r w:rsidR="00F2589F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pavement Markings – </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED2D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Application 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="63212B34" w14:textId="55BD795E" w:rsidR="00ED2D55" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>metres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8343CF" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="00AC4A03" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="68CD0E79" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="0059781F" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB13397" w14:textId="77777777" w:rsidR="00ED2D55" w:rsidRPr="0059781F" w:rsidRDefault="00ED2D55" w:rsidP="00ED2D55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DAA74C9" w14:textId="77777777" w:rsidR="00FA274B" w:rsidRDefault="00FA274B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="HeadlineTahoma20ptBold"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA274B" w:rsidSect="00F55CDD">
       <w:footerReference w:type="default" r:id="rId14"/>
@@ -4873,82 +5283,99 @@
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C83FD5"/>
     <w:rsid w:val="000469A2"/>
     <w:rsid w:val="000B5063"/>
+    <w:rsid w:val="000E5261"/>
     <w:rsid w:val="00180280"/>
+    <w:rsid w:val="0019105F"/>
     <w:rsid w:val="001A3CF4"/>
     <w:rsid w:val="001B59AF"/>
+    <w:rsid w:val="001F1F8E"/>
     <w:rsid w:val="002A7E13"/>
     <w:rsid w:val="002E06D8"/>
     <w:rsid w:val="0034416F"/>
+    <w:rsid w:val="00377F60"/>
     <w:rsid w:val="003869B2"/>
     <w:rsid w:val="003A5E8A"/>
     <w:rsid w:val="004774C4"/>
     <w:rsid w:val="005D1F19"/>
     <w:rsid w:val="00663583"/>
     <w:rsid w:val="00693A1A"/>
+    <w:rsid w:val="006A02B9"/>
+    <w:rsid w:val="006A508D"/>
+    <w:rsid w:val="00707D9D"/>
     <w:rsid w:val="007104AD"/>
+    <w:rsid w:val="00854D79"/>
     <w:rsid w:val="00860AB2"/>
+    <w:rsid w:val="00977E5F"/>
+    <w:rsid w:val="00981FDC"/>
+    <w:rsid w:val="00985704"/>
     <w:rsid w:val="009926C4"/>
     <w:rsid w:val="009946F8"/>
     <w:rsid w:val="00A16157"/>
     <w:rsid w:val="00A240D7"/>
     <w:rsid w:val="00A459ED"/>
     <w:rsid w:val="00AC4A03"/>
     <w:rsid w:val="00AE1F4D"/>
     <w:rsid w:val="00B6006C"/>
     <w:rsid w:val="00B64B7A"/>
     <w:rsid w:val="00B85333"/>
     <w:rsid w:val="00C044B4"/>
+    <w:rsid w:val="00C12C2A"/>
     <w:rsid w:val="00C83FD5"/>
     <w:rsid w:val="00CA78AF"/>
     <w:rsid w:val="00E6332F"/>
+    <w:rsid w:val="00E95EBF"/>
+    <w:rsid w:val="00ED2D55"/>
     <w:rsid w:val="00EE0E66"/>
+    <w:rsid w:val="00F2589F"/>
     <w:rsid w:val="00F83C76"/>
     <w:rsid w:val="00F94A25"/>
+    <w:rsid w:val="00F94A3A"/>
     <w:rsid w:val="00FA274B"/>
+    <w:rsid w:val="00FB32D7"/>
     <w:rsid w:val="00FB7F68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6301,59 +6728,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010067EC4DE1791E2B4EA58A7571ABC53335" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2dae791c04f488c5225603968af757ea">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="13f4b1e4-0d4c-46e5-97b4-e54254471a98" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="1a328720-1792-4e87-b2a9-dbdb07f5995e" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns6="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="48007c19602b70cf2f24114e5a3f6668" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accountable" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Priority" minOccurs="0"/>
                 <xsd:element ref="ns3:_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:Responsible_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:Phase_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
@@ -6643,166 +7061,175 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">1</_Version>
     <TaxCatchAll xmlns="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Responsible_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Value>PDC</Value>
       <Value>PM</Value>
       <Value>DT</Value>
     </Responsible_x0020_1>
     <Accountable xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Value>1</Value>
     </Accountable>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <Phase_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Value>Phase 4 - Design</Value>
       <Value>Road Renewal</Value>
       <Value>Traffic Signal Illumination</Value>
       <Value>Bridges &amp; Culverts</Value>
     </Phase_x0020_1>
     <Document_x0020_Priority xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Priority>
     <Document_x0020_Type xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Type>
     <UserGroup xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </UserGroup>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83EA4CCF-0E23-4217-BB31-89F776ACADA2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF6A3F9-4EB1-4A66-A815-03D761FFB2AE}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32491F86-4511-4D80-8C96-D7BB6BA369AE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1147</Characters>
+  <Pages>2</Pages>
+  <Words>172</Words>
+  <Characters>1299</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Pavement Marking Items Bid Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1297</CharactersWithSpaces>
+  <CharactersWithSpaces>1469</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Pavement Marking Items Bid Form</dc:title>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010067EC4DE1791E2B4EA58A7571ABC53335</vt:lpwstr>
   </property>
 </Properties>