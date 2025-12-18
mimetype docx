--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -756,51 +756,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="303D9C8C" w14:textId="334DB1F3" w:rsidR="002F24E6" w:rsidRDefault="002F24E6" w:rsidP="00774BD7">
+          <w:p w14:paraId="303D9C8C" w14:textId="6E893CE9" w:rsidR="002F24E6" w:rsidRDefault="002F24E6" w:rsidP="00774BD7">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="46AB75D5" w14:textId="77777777" w:rsidR="002F24E6" w:rsidRDefault="002F24E6" w:rsidP="00774BD7">
             <w:pPr>
@@ -1899,71 +1899,91 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Full Matrix Portable Variable Message Signs (PVMS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="228CD7FE" w14:textId="77777777" w:rsidR="002F24E6" w:rsidRDefault="002F24E6" w:rsidP="00774BD7">
+          <w:p w14:paraId="228CD7FE" w14:textId="48FB4E21" w:rsidR="002F24E6" w:rsidRDefault="002F24E6" w:rsidP="00774BD7">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>sign Days</w:t>
+            <w:r w:rsidRPr="000C12BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sign </w:t>
+            </w:r>
+            <w:r w:rsidR="00D77C3E" w:rsidRPr="000C12BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="0045132C" w:rsidRPr="000C12BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>onths</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1046F84E" w14:textId="77777777" w:rsidR="002F24E6" w:rsidRDefault="002F24E6" w:rsidP="00774BD7">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
@@ -4991,61 +5011,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C26F58" w:rsidRPr="00562742" w14:paraId="2DF9F08E" w14:textId="77777777" w:rsidTr="009F64D9">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D2977FC" w14:textId="3D536997" w:rsidR="00562742" w:rsidRPr="00562742" w:rsidRDefault="00562742" w:rsidP="00562742">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F24E6">
+          <w:p w14:paraId="5D2977FC" w14:textId="7B175E5F" w:rsidR="00562742" w:rsidRPr="00562742" w:rsidRDefault="00C3290F" w:rsidP="00562742">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Renewal / </w:t>
+            </w:r>
+            <w:r w:rsidR="00562742" w:rsidRPr="002F24E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1AECDC5C" w14:textId="58375B70" w:rsidR="00562742" w:rsidRPr="00562742" w:rsidRDefault="00562742" w:rsidP="00562742">
             <w:pPr>
               <w:rPr>
@@ -5327,51 +5357,51 @@
   </w:comment>
   <w:comment w:id="2" w:author="Instructions" w:date="2024-08-13T09:50:00Z" w:initials="I">
     <w:p w14:paraId="5012D64F" w14:textId="7CF6D0AE" w:rsidR="008A61C6" w:rsidRDefault="00050528" w:rsidP="008A61C6">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="008A61C6">
         <w:t xml:space="preserve">Designer Note: Unit of Measurement: </w:t>
       </w:r>
       <w:r w:rsidR="008A61C6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>do not use abbreviations</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="4" w:author="Instructions" w:date="2024-08-13T09:54:00Z" w:initials="I">
-    <w:p w14:paraId="3DCF20F8" w14:textId="297AC13A" w:rsidR="00050528" w:rsidRDefault="00050528" w:rsidP="00050528">
+    <w:p w14:paraId="3DCF20F8" w14:textId="5CDFF85D" w:rsidR="00050528" w:rsidRDefault="00050528" w:rsidP="00050528">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Delete if Item G6 is not used.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="5" w:author="Instructions" w:date="2024-08-13T09:55:00Z" w:initials="I">
     <w:p w14:paraId="00E22F65" w14:textId="77777777" w:rsidR="00050528" w:rsidRDefault="00050528" w:rsidP="00050528">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
@@ -6101,172 +6131,188 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2113697668">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2134977812">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1948543458">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Instructions">
     <w15:presenceInfo w15:providerId="None" w15:userId="Instructions"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D81780"/>
     <w:rsid w:val="000117BB"/>
+    <w:rsid w:val="000150E4"/>
     <w:rsid w:val="000212E8"/>
     <w:rsid w:val="00021DA0"/>
     <w:rsid w:val="00050528"/>
     <w:rsid w:val="00053B65"/>
     <w:rsid w:val="000717F0"/>
     <w:rsid w:val="000B2825"/>
+    <w:rsid w:val="000C12BC"/>
+    <w:rsid w:val="000E330F"/>
+    <w:rsid w:val="0010443B"/>
     <w:rsid w:val="00122B0B"/>
     <w:rsid w:val="00154CE3"/>
+    <w:rsid w:val="00170ED0"/>
     <w:rsid w:val="001B0876"/>
     <w:rsid w:val="001D79A2"/>
     <w:rsid w:val="0022494E"/>
     <w:rsid w:val="00226362"/>
     <w:rsid w:val="00233F49"/>
     <w:rsid w:val="002445F8"/>
     <w:rsid w:val="00263D2F"/>
     <w:rsid w:val="002642D9"/>
     <w:rsid w:val="0027225F"/>
     <w:rsid w:val="0028486D"/>
     <w:rsid w:val="00296731"/>
     <w:rsid w:val="00297BC5"/>
     <w:rsid w:val="002F24E6"/>
     <w:rsid w:val="002F2832"/>
     <w:rsid w:val="0031766D"/>
     <w:rsid w:val="0032398D"/>
     <w:rsid w:val="00371135"/>
     <w:rsid w:val="003811D5"/>
     <w:rsid w:val="003A2778"/>
     <w:rsid w:val="003C4936"/>
     <w:rsid w:val="003C55D8"/>
     <w:rsid w:val="003E2600"/>
     <w:rsid w:val="003E5EBB"/>
+    <w:rsid w:val="0045132C"/>
     <w:rsid w:val="0049124C"/>
     <w:rsid w:val="004D039B"/>
+    <w:rsid w:val="004D16FC"/>
     <w:rsid w:val="004D5712"/>
     <w:rsid w:val="00527178"/>
     <w:rsid w:val="00545D4F"/>
     <w:rsid w:val="00562742"/>
     <w:rsid w:val="005A1F7B"/>
     <w:rsid w:val="005C199E"/>
     <w:rsid w:val="005E1785"/>
     <w:rsid w:val="005F15A1"/>
     <w:rsid w:val="00614AAB"/>
     <w:rsid w:val="00636414"/>
     <w:rsid w:val="00667CAA"/>
     <w:rsid w:val="00674CA4"/>
     <w:rsid w:val="0067747F"/>
     <w:rsid w:val="006B3EEA"/>
     <w:rsid w:val="006F7874"/>
     <w:rsid w:val="00754ADC"/>
     <w:rsid w:val="00772FBD"/>
     <w:rsid w:val="00774BD7"/>
     <w:rsid w:val="00797E7F"/>
     <w:rsid w:val="007A1EDE"/>
+    <w:rsid w:val="007C7C77"/>
     <w:rsid w:val="007F74FF"/>
     <w:rsid w:val="00825DFE"/>
     <w:rsid w:val="00837E70"/>
     <w:rsid w:val="00852966"/>
     <w:rsid w:val="008A61C6"/>
     <w:rsid w:val="008B1CA2"/>
+    <w:rsid w:val="008B591F"/>
     <w:rsid w:val="008B709D"/>
     <w:rsid w:val="00907925"/>
     <w:rsid w:val="00917AF9"/>
     <w:rsid w:val="00921D30"/>
     <w:rsid w:val="009305A7"/>
+    <w:rsid w:val="00985704"/>
     <w:rsid w:val="009A56EF"/>
     <w:rsid w:val="009F50B1"/>
     <w:rsid w:val="009F7766"/>
     <w:rsid w:val="00A018E4"/>
     <w:rsid w:val="00A44484"/>
     <w:rsid w:val="00AD152E"/>
     <w:rsid w:val="00AD32EC"/>
     <w:rsid w:val="00AD501B"/>
     <w:rsid w:val="00AF32B5"/>
     <w:rsid w:val="00AF45D3"/>
     <w:rsid w:val="00B15BAC"/>
     <w:rsid w:val="00B27723"/>
     <w:rsid w:val="00B32C3C"/>
     <w:rsid w:val="00B57905"/>
     <w:rsid w:val="00B613CE"/>
     <w:rsid w:val="00B818AA"/>
     <w:rsid w:val="00BC4B45"/>
     <w:rsid w:val="00C030E7"/>
     <w:rsid w:val="00C114D3"/>
     <w:rsid w:val="00C21E10"/>
     <w:rsid w:val="00C26F58"/>
+    <w:rsid w:val="00C3290F"/>
     <w:rsid w:val="00C32A13"/>
     <w:rsid w:val="00C746F8"/>
     <w:rsid w:val="00C96B38"/>
     <w:rsid w:val="00CC6335"/>
     <w:rsid w:val="00CD4E77"/>
     <w:rsid w:val="00D06C85"/>
     <w:rsid w:val="00D40956"/>
+    <w:rsid w:val="00D77C3E"/>
     <w:rsid w:val="00D81780"/>
     <w:rsid w:val="00DA14B2"/>
     <w:rsid w:val="00DA153C"/>
     <w:rsid w:val="00DB1DCC"/>
     <w:rsid w:val="00DC0497"/>
     <w:rsid w:val="00E32000"/>
     <w:rsid w:val="00E4302C"/>
     <w:rsid w:val="00E8540D"/>
     <w:rsid w:val="00E90C6D"/>
+    <w:rsid w:val="00E95EBF"/>
     <w:rsid w:val="00EC1908"/>
     <w:rsid w:val="00EF3675"/>
+    <w:rsid w:val="00F01D6B"/>
+    <w:rsid w:val="00F14C15"/>
     <w:rsid w:val="00F24B7D"/>
     <w:rsid w:val="00F307D1"/>
     <w:rsid w:val="00F4599B"/>
     <w:rsid w:val="00F82095"/>
+    <w:rsid w:val="00FA3CAB"/>
     <w:rsid w:val="00FB7957"/>
     <w:rsid w:val="00FE04B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -7229,50 +7275,92 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">1</_Version>
+    <TaxCatchAll xmlns="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Responsible_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>PM</Value>
+      <Value>PDC</Value>
+      <Value>DT</Value>
+    </Responsible_x0020_1>
+    <Accountable xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>1</Value>
+    </Accountable>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <Phase_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>Phase 4 - Design</Value>
+      <Value>Road Renewal</Value>
+      <Value>Traffic Signal Illumination</Value>
+      <Value>Bridges &amp; Culverts</Value>
+    </Phase_x0020_1>
+    <Document_x0020_Priority xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Priority>
+    <Document_x0020_Type xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Type>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010067EC4DE1791E2B4EA58A7571ABC53335" ma:contentTypeVersion="27" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="844194f14f7df6d29bc81cdb90d5a95f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="13f4b1e4-0d4c-46e5-97b4-e54254471a98" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="1a328720-1792-4e87-b2a9-dbdb07f5995e" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns6="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="198dc2ee0fbe047e68fbb91046276b7c" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accountable" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Priority" minOccurs="0"/>
                 <xsd:element ref="ns3:_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:Responsible_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:Phase_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
@@ -7536,180 +7624,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{594D5E8F-4CE5-4754-872E-32D6CE5CC522}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6922F6D3-80D0-499A-9524-4C3A3280CEDB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4A0676D-5FB5-401A-AD66-0B9BC032F53E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1D52D8D-9CCA-4F25-9CD6-FB0F2AE15228}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...34 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>368</Words>
-  <Characters>2104</Characters>
+  <Words>370</Words>
+  <Characters>2114</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>General Contract Items Bid Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2468</CharactersWithSpaces>
+  <CharactersWithSpaces>2480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>General Contract Items Bid Form</dc:title>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010067EC4DE1791E2B4EA58A7571ABC53335</vt:lpwstr>
   </property>
 </Properties>