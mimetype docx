--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -176,97 +176,100 @@
       </w:pPr>
       <w:r>
         <w:t>MMA</w:t>
       </w:r>
       <w:r w:rsidR="004E166E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004E166E" w:rsidRPr="00FD5EF1">
         <w:t>Methyl Methacrylate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449D2D5E" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="00FD5EF1">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:ind w:left="900" w:hanging="900"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>MTO</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Ontario Ministry of Transportation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE24923" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="00FD5EF1">
+    <w:p w14:paraId="5CE24923" w14:textId="591100DC" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="00FD5EF1">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:ind w:left="900" w:hanging="900"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>OPSS</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Ontario Provincial Standard Specification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="701CA352" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>General Requirements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Pavement Markings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B2784D" w14:textId="50676933" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+    <w:p w14:paraId="15B2784D" w14:textId="7F045862" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItalics"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">These general requirements apply to Items PM001 to </w:t>
       </w:r>
       <w:r w:rsidR="004A6007">
         <w:t>PM01</w:t>
       </w:r>
       <w:r w:rsidR="00D463A8">
         <w:t>2</w:t>
       </w:r>
+      <w:r w:rsidR="00F75BEB">
+        <w:t xml:space="preserve"> and PM017</w:t>
+      </w:r>
       <w:r w:rsidR="00CA2204">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0091780B">
         <w:t>as applicable</w:t>
       </w:r>
       <w:r w:rsidR="00CA2204">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and shall be read in conjunction with OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 710 (Nov 20</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:t>), OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
@@ -281,153 +284,178 @@
       <w:r>
         <w:t>), OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1713 (</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>Nov 2021</w:t>
       </w:r>
       <w:r>
         <w:t>), OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1714 (</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>Apr 2023</w:t>
       </w:r>
       <w:r>
-        <w:t>) and OPSS</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002A26A2">
+        <w:t>, OPSS.MUNI 1716 (Nov 2021)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1750 (</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>Nov 202</w:t>
       </w:r>
       <w:r w:rsidR="00AE07FA">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DAC3047" w14:textId="002B976B" w:rsidR="00964AC7" w:rsidRDefault="00964AC7" w:rsidP="006247B9">
+    <w:p w14:paraId="2DAC3047" w14:textId="53F932D7" w:rsidR="00964AC7" w:rsidRDefault="00964AC7" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItalics"/>
       </w:pPr>
       <w:r w:rsidRPr="00964AC7">
         <w:t>The following Standard Drawing is applicable to Items PM001 to PM012</w:t>
+      </w:r>
+      <w:r w:rsidR="002A26A2">
+        <w:t xml:space="preserve"> and PM017</w:t>
       </w:r>
       <w:r w:rsidR="00CA2204">
         <w:t>, as applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00964AC7">
         <w:t xml:space="preserve">: DS-400.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ABDF105" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="00D4791E" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeadingHalfIndent"/>
       </w:pPr>
       <w:r w:rsidRPr="00D4791E">
         <w:t>Scope of Work</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63D43EDB" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>The Contractor shall</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607C4314" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>supply and apply</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A264935" w14:textId="53E42DAD" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+    <w:p w14:paraId="1A264935" w14:textId="4F51B3D0" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>reflectorized, non-coning, permanent durable pavement markings</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="006221A0">
-[...6 lines deleted...]
-    <w:p w14:paraId="49D34228" w14:textId="11395B7A" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+    </w:p>
+    <w:p w14:paraId="49D34228" w14:textId="259B19CC" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">traffic paint pavement </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>traffic paint pavement markings;</w:t>
+      </w:r>
+      <w:r w:rsidR="00713227">
+        <w:t xml:space="preserve"> and/or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2720E206" w14:textId="4E837FD9" w:rsidR="00713227" w:rsidRPr="005B3862" w:rsidRDefault="00713227" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalHalfIndent"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidR="002A26A2">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">borne </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7563F">
+        <w:t xml:space="preserve">traffic paint </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pavement markings;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="489DD272" w14:textId="2994D3E6" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>provide pre</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t>marking to establish the position of all pavement markings in accordance with OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve"> 710</w:t>
       </w:r>
       <w:r>
@@ -464,103 +492,87 @@
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
       </w:pPr>
       <w:r>
         <w:t>The Contractor shall use a</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve"> self-propelled pavement marking unit</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to perform the pavement marking work. The unit shall:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="789983AD" w14:textId="09EB2FB2" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>be</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
-        <w:t xml:space="preserve"> capable of producing top quality markings, with true edges, free from waviness or </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> capable of producing top quality markings, with true edges, free from waviness or variations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="345D6D1F" w14:textId="7EA8B4A5" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">have a large sign with a checkerboard border mounted on </w:t>
       </w:r>
       <w:r>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
-        <w:t xml:space="preserve"> rear to advise motorists that line painting operations are in </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> rear to advise motorists that line painting operations are in progress</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F30200A" w14:textId="680AF492" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
-        <w:lastRenderedPageBreak/>
         <w:t>be equipped with a full complement of lights for safety</w:t>
       </w:r>
       <w:r w:rsidR="00E8771A">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB5F559" w14:textId="7B9704A7" w:rsidR="00017AC2" w:rsidRPr="005B3862" w:rsidRDefault="00017AC2" w:rsidP="00017AC2">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>a mobile radio equipped for direct truck to truck communication</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744A2168" w14:textId="280BE98E" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
       </w:pPr>
@@ -573,97 +585,82 @@
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve">supply and operate at least two </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2) </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve">safety warning trucks during the performance of </w:t>
       </w:r>
       <w:r>
         <w:t>the pavement marking</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve"> work. Each safety warning truck must be equipped with the following, at a minimum:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF083B2" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
-        <w:t xml:space="preserve">a full complement of lights for </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>a full complement of lights for safety;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="57F939AD" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
-        <w:t xml:space="preserve">rotating amber lights, clearly visible from the front and the rear of the </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>rotating amber lights, clearly visible from the front and the rear of the truck;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0F267EE9" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve">four </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(4) </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
-        <w:t xml:space="preserve">way </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>way flashers;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="52DF7B0C" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>A rear mounted bi-directional arrow board sign (TC 12), in accordance with the Ontario Traffic Manual, Book 7; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6280635C" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>a mobile radio equipped for direct truck to truck communication</w:t>
       </w:r>
       <w:r>
@@ -741,50 +738,58 @@
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve"> 1714</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BFE47D3" w14:textId="00586F14" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
       </w:pPr>
       <w:r>
         <w:t>Traffic paint pavement markings shall meet the requirements of OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1712.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="17723C20" w14:textId="3134E499" w:rsidR="002A26A2" w:rsidRDefault="002A26A2" w:rsidP="002A26A2">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalHalfIndent"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Water-borne pavement markings shall meet the requirements of OPSS.MUNI 1716.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="451640CB" w14:textId="4731C87E" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
       </w:pPr>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t>eflectorizing glass beads shall meet the requirements of OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve"> 1750.</w:t>
       </w:r>
       <w:r w:rsidR="00221BAA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01C08F1B" w14:textId="2107754D" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
@@ -842,50 +847,51 @@
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve"> 710</w:t>
       </w:r>
       <w:r w:rsidR="00FD5EF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and the following</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCAE84A" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
+        <w:lastRenderedPageBreak/>
         <w:t>Traffic control shall be maintained in accordance with the requirements of the Ontario Traffic Manual, Book 7. The Contractor shall ensure that freshly painted lines are not tracked or smeared by motorists.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F3E0851" w14:textId="59583190" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve">All work shall be carried out in compliance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="003E47F0">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Occupational Health and Safety Act</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
@@ -911,191 +917,186 @@
       <w:r w:rsidRPr="003E47F0">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Environmental Protection Act</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve"> and all applicable </w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t>egulations of these statutes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36E775C3" w14:textId="347B6EDE" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
-        <w:t xml:space="preserve">Pavement marking work shall be conducted by qualified operators who have </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the necessary licensing requirements to carry out the work.</w:t>
+        <w:t>Pavement marking work shall be conducted by qualified operators who have all of the necessary licensing requirements to carry out the work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="689D7C39" w14:textId="1713B1E8" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>Paint application shall have a wet film thickness of 0.40 mm and a dry film thickness of 0.30 mm, plus or minus 10%. Paint thinners shall not be used. The rate of paint application shall be a minimum of 20 metres per litre and a maximum of 18 metres per litre.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB3945C" w14:textId="7B9ABEF7" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>Glass beads shall be applied at the rate of 0.7 kg/litre of raw paint applied.</w:t>
       </w:r>
       <w:r w:rsidR="000623E6" w:rsidRPr="000623E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000623E6">
         <w:t>Beads that do not become embedded in the pavement markings must be swept up and properly disposed of.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104F7EB7" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>The minimum width of line applied shall be 100 mm. Where double line is applied, the space between the two</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2)</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
-        <w:t xml:space="preserve"> lines shall not be less than 100 mm. The maximum width of the </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="54BCFE88" w14:textId="77777777" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+        <w:t xml:space="preserve"> lines shall not be less than 100 mm. The maximum width of the above described line or space shall be 115 mm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BCFE88" w14:textId="0C6C1792" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
-        <w:t>Centre line markings shall be yellow, 10 cm wide line(s).</w:t>
+        <w:t>Centre line markings shall be yellow, 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00B920C8">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3862">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B920C8">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3862">
+        <w:t>m wide line(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717D8F41" w14:textId="524B769E" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve">Pavement markings shall be applied when the temperature is above 10 degrees Celsius and the pavement is completely dry, as determined by the </w:t>
       </w:r>
       <w:r w:rsidR="0095637C">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EDA75F" w14:textId="0AA6A2E6" w:rsidR="006247B9" w:rsidRPr="005B3862" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
         <w:t>Any workmanship that does not conform to the requirements of OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3862">
         <w:t xml:space="preserve"> 710, as amended herein, shall be corrected at the Contractor’s expense.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503AE3F8" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+    <w:p w14:paraId="503AE3F8" w14:textId="29D0E9D2" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormalHalfIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3862">
-        <w:t xml:space="preserve">The Contractor shall correct any severe tracking situation which was created by the Contractor, or </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>The Contractor shall correct any tracking</w:t>
+      </w:r>
+      <w:r w:rsidR="00B920C8">
+        <w:t xml:space="preserve"> or smearing</w:t>
+      </w:r>
       <w:r w:rsidRPr="005B3862">
-        <w:t>as a result of</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> poor traffic control operations or other errors/omissions on the part of the Contractor.</w:t>
+        <w:t xml:space="preserve"> situation which was created by the Contractor, or as a result of poor traffic control operations or other errors/omissions on the part of the Contractor.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="3BF1C7E5" w14:textId="4CD9C4B4" w:rsidR="006247B9" w:rsidRPr="00640642" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r w:rsidRPr="00640642">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pavement Marking Specifications </w:t>
       </w:r>
       <w:r w:rsidR="00C21FB8">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00640642">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Items</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C03F4D" w14:textId="7E54631E" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
       </w:pPr>
       <w:r>
         <w:t>Item PM001</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Permanent Durable Pavement Markings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6149606F" w14:textId="2F3BF231" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
@@ -1233,1090 +1234,504 @@
         <w:t>The following Standard Drawing is applicable to this item: DS-408.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462A3D99" w14:textId="5692876A" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This item is for white crosswalks lines. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D89FD28" w14:textId="26517235" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Crosswalk lines shall be 15 cm wide and shall be applied to the final surface course in </w:t>
       </w:r>
       <w:r w:rsidR="003D6B59">
         <w:t xml:space="preserve">the location(s) shown on the Drawings and in </w:t>
       </w:r>
       <w:r>
         <w:t>accordance with Standard Drawing DS-408.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="339D1028" w14:textId="27C4FF56" w:rsidR="00FA0059" w:rsidRDefault="009B7227" w:rsidP="00FA0059">
+    <w:p w14:paraId="09D882E0" w14:textId="63143F65" w:rsidR="00D01AA2" w:rsidRPr="00CF6757" w:rsidRDefault="00D01AA2" w:rsidP="00D01AA2">
+      <w:pPr>
+        <w:pStyle w:val="TRNSpecNormal"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF6757">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Delete the following paragraph for microsurfacing projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6757">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339D1028" w14:textId="6C1DAA5D" w:rsidR="00FA0059" w:rsidRDefault="009B7227" w:rsidP="00FA0059">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00FA0059">
         <w:t xml:space="preserve">rosswalk lines </w:t>
       </w:r>
       <w:r>
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="00FA0059">
         <w:t xml:space="preserve"> be applied within 24 hours of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00FA0059">
         <w:t>new ramp construction.</w:t>
       </w:r>
       <w:r w:rsidR="003B4CB2">
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> In the event </w:t>
+      </w:r>
+      <w:r w:rsidR="00372CB4">
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
       <w:r w:rsidR="003B4CB2">
-        <w:t xml:space="preserve">In the event </w:t>
+        <w:t>the perman</w:t>
       </w:r>
       <w:r w:rsidR="00372CB4">
-        <w:t>that</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">ent crosswalk lines </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4CB2">
+        <w:t>cannot be</w:t>
+      </w:r>
+      <w:r w:rsidR="00372CB4">
+        <w:t xml:space="preserve"> applied within 24 hours of the new ramp construction</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF029E">
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="00372CB4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B4CB2">
-        <w:t>the perman</w:t>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00372CB4">
-        <w:t xml:space="preserve">ent crosswalk lines </w:t>
+        <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="003B4CB2">
-        <w:t>cannot be</w:t>
+        <w:t xml:space="preserve">ontractor shall apply </w:t>
       </w:r>
       <w:r w:rsidR="00372CB4">
-        <w:t xml:space="preserve"> applied within 24 hours of the new ramp construction</w:t>
+        <w:t xml:space="preserve">temporary crosswalk lines under </w:t>
+      </w:r>
+      <w:r w:rsidR="004D65AE">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00372CB4">
+        <w:t xml:space="preserve">tem PM012 within 24 hours of the new ramp construction. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8961F8" w14:textId="7BC40806" w:rsidR="00D01AA2" w:rsidRDefault="00D01AA2" w:rsidP="00D01AA2">
+      <w:pPr>
+        <w:pStyle w:val="TRNSpecNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF6757">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Delete the following paragraph for renewal and new construction projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6757">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7990AA17" w14:textId="6F06056B" w:rsidR="00D01AA2" w:rsidRDefault="00D01AA2" w:rsidP="00FA0059">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Permanent crosswalk lines shall be applied </w:t>
+      </w:r>
+      <w:r w:rsidR="004C61E2">
+        <w:t>one (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004C61E2">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> month after completion of the microsurfacing work</w:t>
+      </w:r>
+      <w:r w:rsidR="009E52DC">
+        <w:t xml:space="preserve"> or as </w:t>
+      </w:r>
+      <w:r w:rsidR="0042416B">
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidR="009E52DC">
+        <w:t xml:space="preserve"> by the Owner</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F85F15" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Measurement for Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEF4716" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Measurement for payment shall be by the horizontal length in metres (m) of 15 cm wide lines, excluding gaps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1586DD0E" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Basis of Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DB0F31" w14:textId="6F1D8649" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Payment shall be made at the unit price and shall be full compensation for all labour, equipment and materials necessary to complete the work as specified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D2A24E" w14:textId="5AB58B04" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNItemNo"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Item PM003</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Permanent Durable Pavement Markings – Intersection Stop Lines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBFA0A8" w14:textId="2FD291D4" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNItalics"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This Specification shall be read in conjunction with the General Requirements for Pavement Markings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B967DD3" w14:textId="02B8498A" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This item is for white intersection stop lines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6A46CC" w14:textId="674D589B" w:rsidR="00FA0059" w:rsidRDefault="006247B9" w:rsidP="003D6B59">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Intersection stop lines shall be 45 cm wide and shall be applied to the final surface course</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6B59">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in the location(s) shown on the Drawings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA220F5" w14:textId="4AB734CE" w:rsidR="00213BA6" w:rsidRDefault="00213BA6" w:rsidP="003D6B59">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF6757">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Delete the following paragraph for microsurfacing projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6757">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4D1BF6" w14:textId="4B843E83" w:rsidR="00D463A8" w:rsidRDefault="00D463A8" w:rsidP="003D6B59">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Intersection stop lines shall be applied within 24 hours of the new ramp construction.</w:t>
+      </w:r>
+      <w:r w:rsidR="00372CB4">
+        <w:t xml:space="preserve"> In the event that the permanent intersection stop lines cannot be applied within 24 hours of the new ramp construction</w:t>
       </w:r>
       <w:r w:rsidR="00EF029E">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00372CB4">
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">temporary crosswalk lines under </w:t>
+        <w:t xml:space="preserve"> the Contractor shall apply temporary intersection stop lines under </w:t>
       </w:r>
       <w:r w:rsidR="004D65AE">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00372CB4">
-        <w:t xml:space="preserve">tem PM012 within 24 hours of the new ramp construction. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54F85F15" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+        <w:t>tem PM012 within 24 hours of the new ramp construction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CCA772E" w14:textId="77777777" w:rsidR="00213BA6" w:rsidRDefault="00213BA6" w:rsidP="00213BA6">
+      <w:pPr>
+        <w:pStyle w:val="TRNSpecNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF6757">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Delete the following paragraph for renewal and new construction projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6757">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC7FCD0" w14:textId="550AC552" w:rsidR="00213BA6" w:rsidRDefault="00213BA6" w:rsidP="003D6B59">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Permanent crosswalk lines shall be applied </w:t>
+      </w:r>
+      <w:r w:rsidR="0042416B">
+        <w:t>one (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0042416B">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> month after completion of the microsurfacing work</w:t>
+      </w:r>
+      <w:r w:rsidR="009E52DC">
+        <w:t xml:space="preserve"> or as </w:t>
+      </w:r>
+      <w:r w:rsidR="0042416B">
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidR="009E52DC">
+        <w:t xml:space="preserve"> by the Owner</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05048367" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for Payment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BEF4716" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
-[...7 lines deleted...]
-    <w:p w14:paraId="1586DD0E" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+    <w:p w14:paraId="1931B686" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Measurement for payment shall be by the horizontal length in metres (m) of 45 cm wide lines, excluding gaps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2333FDAF" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Basis of Payment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DB0F31" w14:textId="6F1D8649" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+    <w:p w14:paraId="1C97F599" w14:textId="7BB9DDA1" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Payment shall be made at the unit price and shall be full compensation for all labour, equipment and materials necessary to complete the work as specified.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D2A24E" w14:textId="5AB58B04" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
-[...906 lines deleted...]
-    <w:p w14:paraId="209102B0" w14:textId="3BBD6E90" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+    <w:p w14:paraId="209102B0" w14:textId="118905E0" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
       </w:pPr>
       <w:r>
         <w:t>Item PM006</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Permanent Durable Pavement Markings – Zebra Markings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7620CC36" w14:textId="6D476978" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItalics"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This Specification shall be read in conjunction with the General Requirements for Pavement Markings. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63472F3F" w14:textId="2F600EE1" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItalics"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>The following Standard Drawing</w:t>
       </w:r>
       <w:r w:rsidR="003B7BB5">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B7BB5">
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> applicable to this item: DS-412</w:t>
       </w:r>
       <w:r w:rsidR="003B7BB5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F21CB">
         <w:t xml:space="preserve">(zebra markings within crosswalk lines) </w:t>
       </w:r>
       <w:r w:rsidR="0091780B">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="003B7BB5">
         <w:t xml:space="preserve"> DS-413</w:t>
@@ -2357,85 +1772,59 @@
       </w:pPr>
       <w:r>
         <w:t>Zebra markings shall be applied to the final surface course in the location(s) shown on the Drawings and in accordance with Standard Drawing DS-412</w:t>
       </w:r>
       <w:r w:rsidR="003B7BB5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0091780B">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="003B7BB5">
         <w:t xml:space="preserve"> DS-413</w:t>
       </w:r>
       <w:r w:rsidR="007F21CB">
         <w:t>, as applicable</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D67425" w14:textId="699CBEC3" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zebra markings shall be comprised of alternating 60 cm wide bars and 60 cm spaces and shall be laid out parallel to the through lane. The first zebra marking bar at each end of the crosswalk shall be a full 60 cm wide bar, placed a minimum of 60 cm from the edge of pavement </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Zebra markings shall be comprised of alternating 60 cm wide bars and 60 cm spaces and shall be laid out parallel to the through lane. The first zebra marking bar at each end of the crosswalk shall be a full 60 cm wide bar, placed a minimum of 60 cm from the edge of pavement in order to prevent pedestrian from contacting the zebra marking when taking their first step in the crosswalk. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163287A3" w14:textId="40681FE0" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The crosswalk lines shall be installed and paid for under Item PM002. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FA31901" w14:textId="157DF136" w:rsidR="003B7BB5" w:rsidRDefault="00076FEB" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="003B7BB5">
         <w:t xml:space="preserve">lephant feet </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">markings </w:t>
       </w:r>
       <w:r w:rsidR="003B7BB5">
         <w:t xml:space="preserve">shall be installed and paid for under Item PM008. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D8764CF" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for Payment</w:t>
@@ -2539,50 +1928,51 @@
         <w:t>Payment shall be made at the unit price and shall be full compensation for all labour, equipment and materials necessary to complete the work as specified.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="296339DF" w14:textId="2573A78A" w:rsidR="0086367A" w:rsidRPr="0086367A" w:rsidRDefault="0086367A" w:rsidP="0086367A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1800" w:hanging="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086367A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Item PM0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>08</w:t>
       </w:r>
       <w:r w:rsidRPr="0086367A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Permanent Durable Pavement Markings –</w:t>
       </w:r>
@@ -3093,50 +2483,51 @@
       <w:r w:rsidRPr="007574AC">
         <w:t>reen</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007574AC">
         <w:t xml:space="preserve"> skid/slip resistant, preformed thermoplastic pavement markings</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="00545819">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3D3D25" w14:textId="0270D74A" w:rsidR="007574AC" w:rsidRPr="007574AC" w:rsidRDefault="00084772" w:rsidP="00545819">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidR="007574AC" w:rsidRPr="007574AC">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">durable, retro-reflective, </w:t>
       </w:r>
       <w:r w:rsidR="007574AC" w:rsidRPr="007574AC">
         <w:t>resilient, light green thermoplastic product with uniformly distributed glass beads throughout the entire cross</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007574AC" w:rsidRPr="007574AC">
         <w:t>sectional area</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007574AC" w:rsidRPr="007574AC">
         <w:t>and shall exhibit high anti-skid/anti-slip properties</w:t>
       </w:r>
       <w:r w:rsidR="00545819">
         <w:t>;</w:t>
@@ -3407,79 +2798,72 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7D772D2E" w14:textId="074FE520" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">white dashed and solid bike lane lines </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="600D4A46" w14:textId="1FB8341C" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">white edge lines </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E75656" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">yellow directional dividing lines </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FD905D" w14:textId="58AE26A9" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">with traffic paint </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the permanent durable pavement markings to be applied under Item PM001 cannot be successfully applied due to unfavourable weather condition</w:t>
+        <w:t>with traffic paint in the event that the permanent durable pavement markings to be applied under Item PM001 cannot be successfully applied due to unfavourable weather condition</w:t>
       </w:r>
       <w:r w:rsidR="00452D71">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, as determined by the </w:t>
       </w:r>
       <w:r w:rsidR="0095637C">
         <w:t>Owner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="089811FC" w14:textId="17E94CD9" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNBold"/>
       </w:pPr>
       <w:r w:rsidRPr="00967E1E">
         <w:t xml:space="preserve">Once the weather conditions are favourable, the Contractor shall replace the </w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00967E1E">
@@ -3591,59 +2975,51 @@
       </w:pPr>
       <w:r>
         <w:t>Item PM01</w:t>
       </w:r>
       <w:r w:rsidR="004A6007">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Interim Traffic Paint Pavement Markings – Symbols (Provisional)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04FF500A" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItalics"/>
       </w:pPr>
       <w:r>
         <w:t>The General Requirements for Pavement Markings shall apply to this item.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="245D05D7" w14:textId="6FCD6C1D" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">This item is for the interim painting of symbols (i.e. arrows, crosses, bicycle, sharrows, etc.) with traffic paint </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the permanent durable pavement markings to be applied under Item PM00</w:t>
+        <w:t>This item is for the interim painting of symbols (i.e. arrows, crosses, bicycle, sharrows, etc.) with traffic paint in the event that the permanent durable pavement markings to be applied under Item PM00</w:t>
       </w:r>
       <w:r w:rsidR="0086367A">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> cannot be successfully applied due to unfavourable weather conditions, as determined by the </w:t>
       </w:r>
       <w:r w:rsidR="0095637C">
         <w:t>Owner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB5C127" w14:textId="294038EF" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNBold"/>
       </w:pPr>
       <w:r>
         <w:t>Once the weather conditions are favourable, the Contractor shall replace the interim pavement markings with the permanent durable pavement markings to be applied under Item PM00</w:t>
       </w:r>
       <w:r w:rsidR="0086367A">
         <w:t>7</w:t>
       </w:r>
       <w:r>
@@ -3657,50 +3033,51 @@
       <w:r>
         <w:t>The interim pavement markings shall be white and shall be applied in the location(s) shown on the Drawings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AB1DA31" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for Payment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="240C6EE2" w14:textId="522D44B8" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for payment shall be a count of each symbol applied.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C0688DB" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Basis of Payment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1346D517" w14:textId="23B2527A" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNBold"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008508D1">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Payment shall be made at the unit price and shall be full compensation for all labour, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">equipment and </w:t>
       </w:r>
       <w:r w:rsidRPr="008508D1">
         <w:rPr>
           <w:b w:val="0"/>
@@ -3760,118 +3137,122 @@
         <w:t>This item is for the interim painting of:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="404BC771" w14:textId="541FC951" w:rsidR="008F242C" w:rsidRPr="00D463A8" w:rsidRDefault="00C3730A" w:rsidP="00B926AD">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>white crosswalk lines</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="362F0E1F" w14:textId="627B0CC1" w:rsidR="008F242C" w:rsidRPr="00D463A8" w:rsidRDefault="008F242C" w:rsidP="00B926AD">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="008F242C">
-        <w:t xml:space="preserve">white intersection </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>white intersection stop lines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463D8D75" w14:textId="71E1755B" w:rsidR="008F242C" w:rsidRPr="00D463A8" w:rsidRDefault="008F242C" w:rsidP="00D463A8">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
       <w:r w:rsidRPr="008F242C">
-        <w:t>stop</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>with traffic paint in the event that the permanent durable pavement markings to be applied under Items PM002</w:t>
+      </w:r>
+      <w:r w:rsidR="004A03B8">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F242C">
-        <w:t xml:space="preserve"> lines</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the permanent durable pavement markings to be applied under Items PM002, PM003, PM004 and PM005, as applicable, cannot be successfully applied </w:t>
+        <w:t xml:space="preserve"> PM003, as applicable, cannot be successfully applied </w:t>
       </w:r>
       <w:r w:rsidR="0095517D">
         <w:t>within 24 hours of the new ramp construction</w:t>
       </w:r>
       <w:r w:rsidRPr="008F242C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="439A9F71" w14:textId="4F4E86A5" w:rsidR="008F242C" w:rsidRPr="0095517D" w:rsidRDefault="00EB45A4" w:rsidP="00D463A8">
+    <w:p w14:paraId="439A9F71" w14:textId="0D37144D" w:rsidR="008F242C" w:rsidRPr="0095517D" w:rsidRDefault="00EB45A4" w:rsidP="00D463A8">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095517D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="008F242C" w:rsidRPr="0095517D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>he Contractor shall replace the interim pavement markings with the permanent durable pavement markings to be applied under Items</w:t>
       </w:r>
       <w:r w:rsidR="00C3730A" w:rsidRPr="0095517D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F242C" w:rsidRPr="0095517D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>PM002, PM003, PM004 and PM005, as applicable.</w:t>
+        <w:t>PM002</w:t>
+      </w:r>
+      <w:r w:rsidR="004A03B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="008F242C" w:rsidRPr="0095517D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PM003, as applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE3806E" w14:textId="77777777" w:rsidR="008F242C" w:rsidRPr="00D463A8" w:rsidRDefault="008F242C" w:rsidP="00D463A8">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="008F242C">
         <w:t>Interim pavement markings shall be applied in the location(s) shown on the Drawings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC2AF4A" w14:textId="1C01932C" w:rsidR="008F242C" w:rsidRPr="00D463A8" w:rsidRDefault="008F242C" w:rsidP="00D463A8">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="008F242C">
         <w:t>Two (2) coats of paint shall be applied to new surfaces and for first time applications. One (1) coat shall be applied when painting over existing pavement markings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CB6D9E" w14:textId="77777777" w:rsidR="008F242C" w:rsidRPr="00D463A8" w:rsidRDefault="008F242C" w:rsidP="00D463A8">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00D463A8">
         <w:t>Measurement for Payment</w:t>
       </w:r>
@@ -3952,81 +3333,74 @@
         <w:t>The following Standard Drawing is applicable to this item: DS-409.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4497883F" w14:textId="4ADF2511" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>This item is for the installation of a permanent aggregate reinforced thermoplastic surfacing system that provides a textured and durable topical treatment to the surface of asphalt pavement</w:t>
       </w:r>
       <w:r w:rsidR="000F5E56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002329DC">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="000F5E56">
         <w:t>create an enhanced pedestrian crosswalk facility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336B46A8" w14:textId="7437566D" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>The permanent aggregate reinforced thermoplastic system shall be applied to the final surface course in the location(s) shown on the Drawings and in accordance with Standard Drawing DS-409 and the manufacturer’s specifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35825B19" w14:textId="4A49D80F" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>The Contractor shall provide pre-marking to establish the position of the permanent aggregate reinforced thermoplastic system in accordance with OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 710.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="581A0AD2" w14:textId="34AE566A" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Contractor shall ensure that all freshly applied panels are protected from being damaged by the travelling public, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> appropriate traffic control measures.</w:t>
+        <w:t>The Contractor shall ensure that all freshly applied panels are protected from being damaged by the travelling public, by the use of appropriate traffic control measures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A1E03A3" w14:textId="0377B191" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>The aggregate reinforced thermoplastic system shall be applied to asphalt pavement using asphalt pavement reheating equipment acceptable to the manufacturer. The asphalt surface shall be covered with 600 mm x 600 mm panels of aggregated reinforced thermoplastic then heated to the required liquefaction temperature. Sand shall be applied at the end of the melting process to achieve added friction properties on the surface. As the material is cooling, it shall be imprinted with a template made from 9.5 mm flexible wire rope in the required design to create crisp, clean lines to define the pattern specified on Standard Drawing DS-409. For crosswalks, apply white preformed thermoplastic transverse lines on both side</w:t>
       </w:r>
       <w:r w:rsidR="002329DC">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the installation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C7E6CE3" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Equipment Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4924373A" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
@@ -4142,157 +3516,142 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="41021FAD" w14:textId="0626EFA2" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>The Contractor shall ensure that all aggregate reinforced thermoplastic system work is carried out in accordance with OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 710 and the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0986171A" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Traffic control shall be maintained in accordance with the requirements of the Ontario Traffic Manual, Book 7. The Contractor shall ensure that freshly applied panels are not damaged by motorists.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7830FF75" w14:textId="60725418" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">All work shall be carried out in compliance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="002F72B1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Occupational Health and Safety Act, Highway Traffic Act </w:t>
       </w:r>
       <w:r w:rsidRPr="002F72B1">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="002F72B1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Environmental Protection Act</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and all applicable regulations of these statutes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C90055" w14:textId="2FA1B5D5" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The work shall be conducted by qualified operators/applicators who have </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the necessary licensing requirements to carry out the work.</w:t>
+        <w:t>The work shall be conducted by qualified operators/applicators who have all of the necessary licensing requirements to carry out the work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051E9E71" w14:textId="492B093C" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aggregate reinforced thermoplastic shall be applied when the temperature of both the ambient air and the pavement is above 10 degrees Celsius and the pavement is completely dry, as determined by the </w:t>
       </w:r>
       <w:r w:rsidR="0095637C">
         <w:t>Owner</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02B0F533" w14:textId="615112B2" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Any workmanship that does not conform to the requirements of OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 710, as amended herein, shall be corrected at the Contractor’s expense.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59BB5614" w14:textId="69C97C53" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Contractor shall correct any severe damage that was created by the Contractor, or </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> poor traffic control operations or other errors/omissions on the part of the Contractor.</w:t>
+        <w:t>The Contractor shall correct any severe damage that was created by the Contractor, or as a result of poor traffic control operations or other errors/omissions on the part of the Contractor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02E23216" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for Payment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA820ED" w14:textId="0C9FAD47" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for payment shall be per square metre (m</w:t>
       </w:r>
       <w:r w:rsidRPr="00987617">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>) of permanent aggregate thermoplastic system supplied and installed.</w:t>
@@ -4380,50 +3739,51 @@
       <w:r>
         <w:t xml:space="preserve"> 1712 (Black-CGSB 1-GP-12C black 512-301).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682ED74A" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for Payment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6806335B" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for payment shall be per metre (m) of pavement markings obliterated, based on a 10 cm width, horizontally measured.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50ED2577" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Basis of Payment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34C3264A" w14:textId="66A8A8C0" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Payment shall be made at the unit price and shall be full compensation for all labour, equipment and materials necessary to complete the work as specified. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DA0B97A" w14:textId="5D69FC24" w:rsidR="006247B9" w:rsidRPr="00875B29" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
       </w:pPr>
       <w:r w:rsidRPr="00875B29">
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r w:rsidR="008F242C">
         <w:t>PM015</w:t>
       </w:r>
       <w:r w:rsidRPr="00875B29">
         <w:tab/>
       </w:r>
       <w:r>
@@ -4463,221 +3823,698 @@
     </w:p>
     <w:p w14:paraId="58F18EE7" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for payment shall be per metre (m) of pavement markings obliterated, based on a 10 cm width, horizontally measured.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="460416D3" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Basis of Payment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25EC6D80" w14:textId="02196A16" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Payment shall be made at the unit price and shall be full compensation for all labour, equipment and materials necessary to complete the work as specified. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308E7832" w14:textId="40E5AF71" w:rsidR="006247B9" w:rsidRPr="00875B29" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+    <w:p w14:paraId="308E7832" w14:textId="780A84B7" w:rsidR="006247B9" w:rsidRPr="00875B29" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
       </w:pPr>
       <w:r w:rsidRPr="00875B29">
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r w:rsidR="008F242C" w:rsidRPr="00875B29">
         <w:t>PM01</w:t>
       </w:r>
       <w:r w:rsidR="008F242C">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00875B29">
         <w:tab/>
         <w:t xml:space="preserve">Temporary Stop Lines </w:t>
       </w:r>
+      <w:r w:rsidR="00B30021">
+        <w:t xml:space="preserve">and Crosswalk Lines </w:t>
+      </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00875B29">
         <w:t xml:space="preserve"> Traffic Paint</w:t>
       </w:r>
+      <w:r w:rsidR="00B30021">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30021" w:rsidRPr="00B30021">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>[Microsurfacing Only]</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="64A5DFF7" w14:textId="1B798D12" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNItalics"/>
       </w:pPr>
       <w:r>
         <w:t>This Specification shall be read in conjunction with OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 710 (Nov 20</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:t>), OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1712 (</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>Nov 2021</w:t>
       </w:r>
       <w:r>
         <w:t>) and OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1750 (</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>Nov 2021</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A8E03B6" w14:textId="364DD2D6" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
-[...12 lines deleted...]
-        <w:t>Temporary stop lines shall be painted in the permanent location(s) shown on the Drawings and in accordance with OPSS</w:t>
+    <w:p w14:paraId="4A8E03B6" w14:textId="0D91E74B" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This item is for the painting of temporary stop lines</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30021">
+        <w:t xml:space="preserve"> and crosswalk lines</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4531360F" w14:textId="7EB59B55" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Temporary stop lines </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30021">
+        <w:t xml:space="preserve">and crosswalk lines </w:t>
+      </w:r>
+      <w:r>
+        <w:t>shall be painted in the permanent location(s) shown on the Drawings and in accordance with OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 710.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF3A83B" w14:textId="7489CCF5" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
-[...4 lines deleted...]
-        <w:t>Temporary stop lines shall be painted within 24 hours of the placement of the top course of asphalt.</w:t>
+    <w:p w14:paraId="0BF3A83B" w14:textId="709CB4CC" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Temporary stop lines </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30021">
+        <w:t xml:space="preserve">and crosswalk lines </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">shall be painted within 24 hours of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31394">
+        <w:t xml:space="preserve">completion of </w:t>
+      </w:r>
+      <w:r w:rsidR="004F6B4D">
+        <w:t>microsurfacing</w:t>
+      </w:r>
+      <w:r w:rsidR="00D31394">
+        <w:t xml:space="preserve"> at each location</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D899D8D" w14:textId="02D6E086" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Materials shall conform to the requirements of OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1712 and OPSS</w:t>
       </w:r>
       <w:r w:rsidR="00F61CA7">
         <w:t>.MUNI</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1750.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="436DF3F4" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Measurement for Payment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C34A749" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
-[...4 lines deleted...]
-        <w:t>Measurement for payment shall be per metre (m) of temporary stop line painted.</w:t>
+    <w:p w14:paraId="6C34A749" w14:textId="46D0F1D1" w:rsidR="006247B9" w:rsidRDefault="00D31394" w:rsidP="006247B9">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D31394">
+        <w:t>Measurement for payment shall be by the horizontal length in metres (m) of 15 cm wide lines, excluding gaps. Wider lines shall be measured in 15 cm equivalents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B029EF2" w14:textId="77777777" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Basis of Payment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E987477" w14:textId="5AA4F181" w:rsidR="006247B9" w:rsidRDefault="006247B9" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Payment shall be made at the unit price and shall be full compensation for all labour, equipment and materials necessary to complete the work as specified.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490AC940" w14:textId="77777777" w:rsidR="00851A48" w:rsidRPr="00400CA1" w:rsidRDefault="00851A48" w:rsidP="00851A48">
-      <w:pPr>
+    <w:p w14:paraId="6CF9E9F3" w14:textId="58D9CB7F" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNItemNo"/>
+      </w:pPr>
+      <w:commentRangeStart w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Item PM017</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r w:rsidR="002A26A2">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>-B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>orne</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7563F">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Traffic Paint </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0A73">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pavement Markings </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0D99">
+        <w:t>(All Applications)</w:t>
+      </w:r>
+      <w:r w:rsidR="00844FED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00844FED" w:rsidRPr="00844FED">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>[Microsurfacing Only]</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="2"/>
+      <w:r w:rsidR="00194309">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:commentReference w:id="2"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459F2F6C" w14:textId="77777777" w:rsidR="00713227" w:rsidRPr="00400CA1" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNItalics"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00400CA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0C5BD33B" w14:textId="77777777" w:rsidR="00851A48" w:rsidRPr="00400CA1" w:rsidRDefault="00851A48" w:rsidP="00851A48">
+        </w:rPr>
+        <w:t>This Specification shall be read in conjunction with the General Requirements for Pavement Markings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDE84B5" w14:textId="40F7B7F1" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This item is for the painting of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C95FBAD" w14:textId="77777777" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">white dashed and solid lane lines, including markings for left and right turn lanes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E51994" w14:textId="77777777" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">white dashed and solid bike lane lines </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001314D1" w14:textId="77777777" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">white edge lines </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7712456D" w14:textId="77777777" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">yellow directional dividing lines </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490AC940" w14:textId="27223238" w:rsidR="00851A48" w:rsidRPr="00FD588B" w:rsidRDefault="00713227" w:rsidP="00FD588B">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD588B">
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r w:rsidR="00844FED" w:rsidRPr="00FD588B">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD588B">
+        <w:t>borne pavement markings shall be applied in the location(s) shown on the Drawings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5BD33B" w14:textId="352EBB6E" w:rsidR="00851A48" w:rsidRPr="00FD588B" w:rsidRDefault="00713227" w:rsidP="00FD588B">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD588B">
+        <w:t xml:space="preserve">Four (4) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75BEB" w:rsidRPr="00FD588B">
+        <w:t>applications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD588B">
+        <w:t xml:space="preserve"> of water</w:t>
+      </w:r>
+      <w:r w:rsidR="00844FED" w:rsidRPr="00FD588B">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD588B">
+        <w:t>borne traffic paint shall be applied to new</w:t>
+      </w:r>
+      <w:r w:rsidR="000B5CE5">
+        <w:t>ly microsurfaced road</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD588B">
+        <w:t xml:space="preserve"> surfaces, in accordance with the following schedule:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3800EF3C" w14:textId="16FD54F7" w:rsidR="00FC0D99" w:rsidRDefault="00FC0D99" w:rsidP="00FC0D99">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Application 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004B04A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – w</w:t>
+      </w:r>
+      <w:r w:rsidR="00713227">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ithin </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75BEB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>one (1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00713227">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> week of completion of the microsurfacing operation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724A1CAB" w14:textId="45B9C126" w:rsidR="00713227" w:rsidRDefault="00FC0D99" w:rsidP="00FC0D99">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Application 2</w:t>
+      </w:r>
+      <w:r w:rsidR="004B04A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B04A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00713227">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wo (2) weeks </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8068C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>after</w:t>
+      </w:r>
+      <w:r w:rsidR="00713227">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the first </w:t>
+      </w:r>
+      <w:r w:rsidR="004B04A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r w:rsidR="00713227">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203AD3AB" w14:textId="24C4BD00" w:rsidR="00713227" w:rsidRDefault="00FC0D99" w:rsidP="00FC0D99">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Application 3</w:t>
+      </w:r>
+      <w:r w:rsidR="004B04A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00247B3D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>between October and December of the year</w:t>
+      </w:r>
+      <w:r w:rsidR="00713227">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the microsurfacing operation</w:t>
+      </w:r>
+      <w:r w:rsidR="00247B3D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is completed,</w:t>
+      </w:r>
+      <w:r w:rsidR="00247B3D" w:rsidRPr="00247B3D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00247B3D" w:rsidRPr="00247B3D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on a date to be agreed to between the Owner and the Contractor</w:t>
+      </w:r>
+      <w:r w:rsidR="00713227">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD7113B" w14:textId="0D5337C0" w:rsidR="00713227" w:rsidRPr="006B2231" w:rsidRDefault="00FC0D99" w:rsidP="00FC0D99">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Application 4</w:t>
+      </w:r>
+      <w:r w:rsidR="004B04A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B04A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">between </w:t>
+      </w:r>
+      <w:r w:rsidR="00995788">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18 to 24 months </w:t>
+      </w:r>
+      <w:r w:rsidR="004B04A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>following the date of</w:t>
+      </w:r>
+      <w:r w:rsidR="00995788">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Substantial Performance of the Contract</w:t>
+      </w:r>
+      <w:r w:rsidR="00247B3D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, on a date to be agreed to between the Owner and the Contractor</w:t>
+      </w:r>
+      <w:r w:rsidR="00713227">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B3CB8B" w14:textId="77777777" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Measurement for Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37945C07" w14:textId="77777777" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Measurement for payment shall be by the horizontal length in metres (m) of 10 cm wide lines, excluding gaps. Wider lines shall be measured in 10 cm equivalents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519B4BCA" w14:textId="77777777" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Basis of Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB756A7" w14:textId="77777777" w:rsidR="00713227" w:rsidRDefault="00713227" w:rsidP="00713227">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Payment shall be made at the unit price and shall be full compensation for all labour, equipment and materials necessary to complete the work as specified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61EA6670" w14:textId="77777777" w:rsidR="00713227" w:rsidRPr="00400CA1" w:rsidRDefault="00713227" w:rsidP="00851A48">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06496B79" w14:textId="77777777" w:rsidR="001D217F" w:rsidRDefault="001D217F" w:rsidP="006247B9">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001D217F" w:rsidSect="00542D23">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="810" w:header="720" w:footer="720" w:gutter="720"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -4725,82 +4562,161 @@
     <w:p w14:paraId="75BC67E4" w14:textId="77777777" w:rsidR="00D0766F" w:rsidRDefault="00D0766F" w:rsidP="00D0766F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Address all designer notes and highlighted text in the remaining items (these are the parts of the specifications and bid form that need to be customized for the particular tender); and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D4A7E4E" w14:textId="77777777" w:rsidR="00D0766F" w:rsidRDefault="00D0766F" w:rsidP="00D0766F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Item numbering in the templates must remain as is. Therefore, the assigned item numbers are not to be changed, even when items are deleted.</w:t>
       </w:r>
     </w:p>
   </w:comment>
+  <w:comment w:id="2" w:author="Instructions" w:date="2025-10-14T13:25:00Z" w:initials="I">
+    <w:p w14:paraId="2E4FFD36" w14:textId="79B1B61F" w:rsidR="00194309" w:rsidRDefault="00194309" w:rsidP="00194309">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Designer Note: This item is to be used for microsurfacing pavement markings. It should be used in conjunction with:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB1D237" w14:textId="77777777" w:rsidR="00194309" w:rsidRDefault="00194309" w:rsidP="00194309">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>PM002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DA5A67" w14:textId="77777777" w:rsidR="00194309" w:rsidRDefault="00194309" w:rsidP="00194309">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>PM003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08CAF3C5" w14:textId="77777777" w:rsidR="00194309" w:rsidRDefault="00194309" w:rsidP="00194309">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>PM006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF67194" w14:textId="77777777" w:rsidR="00194309" w:rsidRDefault="00194309" w:rsidP="00194309">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>PM007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690FC725" w14:textId="77777777" w:rsidR="00194309" w:rsidRDefault="00194309" w:rsidP="00194309">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>PM008</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="6D4A7E4E" w15:done="0"/>
+  <w15:commentEx w15:paraId="690FC725" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="2A65E187" w16cex:dateUtc="2024-08-13T17:43:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="1A7544C5" w16cex:dateUtc="2025-10-14T17:25:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="6D4A7E4E" w16cid:durableId="2A65E187"/>
+  <w16cid:commentId w16cid:paraId="690FC725" w16cid:durableId="1A7544C5"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="128AFB2A" w14:textId="77777777" w:rsidR="000D0394" w:rsidRDefault="000D0394">
+    <w:p w14:paraId="70ED47C0" w14:textId="77777777" w:rsidR="00C81285" w:rsidRDefault="00C81285">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34B25A21" w14:textId="77777777" w:rsidR="000D0394" w:rsidRDefault="000D0394">
+    <w:p w14:paraId="7D0EB57D" w14:textId="77777777" w:rsidR="00C81285" w:rsidRDefault="00C81285">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4836,58 +4752,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E0F0C59" w14:textId="77777777" w:rsidR="000D0394" w:rsidRDefault="000D0394">
+    <w:p w14:paraId="1D90230E" w14:textId="77777777" w:rsidR="00C81285" w:rsidRDefault="00C81285">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="554E4D16" w14:textId="77777777" w:rsidR="000D0394" w:rsidRDefault="000D0394">
+    <w:p w14:paraId="5F5F9663" w14:textId="77777777" w:rsidR="00C81285" w:rsidRDefault="00C81285">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D1D2431" w14:textId="77777777" w:rsidR="00545819" w:rsidRPr="00C60A7B" w:rsidRDefault="00545819" w:rsidP="006247B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C60A7B">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
@@ -5535,50 +5451,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C326017E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="83D877BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DAC0F26"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A50C7DE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ED875BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0860ABF2"/>
     <w:lvl w:ilvl="0" w:tplc="875694B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C1EAE6E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="A5DEAC8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5620,51 +5649,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="106A38FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69E634A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26210C6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9702B678"/>
     <w:lvl w:ilvl="0" w:tplc="08E23B9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A8DA4A70" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5733,51 +5762,164 @@
     <w:lvl w:ilvl="7" w:tplc="D2E2DF3E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5815" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EC3AF450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6535" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FB9091B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0BD42F24"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30EB57B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2288EB8"/>
     <w:lvl w:ilvl="0" w:tplc="D368E6F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F50A04F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -5846,51 +5988,51 @@
     <w:lvl w:ilvl="7" w:tplc="4EDA5D20">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F0823724">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A0E5A07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D406778"/>
     <w:lvl w:ilvl="0" w:tplc="62F020A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1134" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3A7E4CF0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5959,51 +6101,51 @@
     <w:lvl w:ilvl="7" w:tplc="A1A2557A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A07C409C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A71480F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3392C978"/>
     <w:lvl w:ilvl="0" w:tplc="492A413C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EADC8A66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6072,51 +6214,51 @@
     <w:lvl w:ilvl="7" w:tplc="489CD822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="470E67FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B491351"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FFAC7BE"/>
     <w:lvl w:ilvl="0" w:tplc="99DAC5FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BC6298A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6185,51 +6327,51 @@
     <w:lvl w:ilvl="7" w:tplc="4A7834B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EDC42AC4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BD92CDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="131C67B4"/>
     <w:lvl w:ilvl="0" w:tplc="A6E63754">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E5800B9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6298,51 +6440,51 @@
     <w:lvl w:ilvl="7" w:tplc="5FD0126E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="49AA5590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C6940EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C668FD64"/>
     <w:lvl w:ilvl="0" w:tplc="C9A2C3DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B8AC3A3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8DEC1EBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6384,51 +6526,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="309C252A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1982CECA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CB076FD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A3C3162"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45AA4326"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB868AD8"/>
     <w:lvl w:ilvl="0" w:tplc="15DE5708">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5FA8088E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6497,51 +6725,51 @@
     <w:lvl w:ilvl="7" w:tplc="D5EA1DAE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0852836C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45D40E92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="594406AE"/>
     <w:lvl w:ilvl="0" w:tplc="85385E84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="481842EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6610,51 +6838,51 @@
     <w:lvl w:ilvl="7" w:tplc="F982A1A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="99BC4E72" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48EE1A62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE9E854E"/>
     <w:lvl w:ilvl="0" w:tplc="85385E84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="774" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6723,51 +6951,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5814" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6534" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E25355E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF38D90C"/>
     <w:lvl w:ilvl="0" w:tplc="0E566726">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9932A8EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4CBEAE96" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6809,51 +7037,250 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7272104C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="721E60D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E3B0053"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A3C3162"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EE31C8D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28DA99A4"/>
+    <w:lvl w:ilvl="0" w:tplc="8CBA2AAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="43825636">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D72EB004">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F72CE684">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E44E0CEC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0FA23056">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="CB96D4E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0E3C57EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="620849F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="534A1065"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2D4E9812"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -6929,51 +7356,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D50144B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52B435B4"/>
     <w:lvl w:ilvl="0" w:tplc="1FC8C6C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1B7A6AEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="80444F28" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7015,51 +7442,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B20027E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10501D28" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60346DC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3956EDA8"/>
     <w:lvl w:ilvl="0" w:tplc="67488C64">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4C0A70DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7128,51 +7555,51 @@
     <w:lvl w:ilvl="7" w:tplc="C6041B44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="42E22B56" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66290014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7302861C"/>
     <w:lvl w:ilvl="0" w:tplc="076C3018">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="829879B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7241,51 +7668,51 @@
     <w:lvl w:ilvl="7" w:tplc="DD92D534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AF3C3518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CA70060"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13922844"/>
     <w:lvl w:ilvl="0" w:tplc="D858507A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E50EE4F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7354,51 +7781,51 @@
     <w:lvl w:ilvl="7" w:tplc="FC82D07C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A9E2EBD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D866B43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95985982"/>
     <w:lvl w:ilvl="0" w:tplc="F45E5A66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5F743F8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7467,51 +7894,51 @@
     <w:lvl w:ilvl="7" w:tplc="D7A6749E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="324CE35E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="702C0DAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5AE287E"/>
     <w:lvl w:ilvl="0" w:tplc="9126D886">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="29B0B90E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7580,51 +8007,51 @@
     <w:lvl w:ilvl="7" w:tplc="7CA663CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B1E67ADE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7325101D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A17814D6"/>
     <w:lvl w:ilvl="0" w:tplc="02D4E2A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5D8E9CB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BD760680" w:tentative="1">
@@ -7669,51 +8096,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E5047D0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="526A478E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AB378F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FFA5F16"/>
     <w:lvl w:ilvl="0" w:tplc="71925B64">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7C9E4910">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7782,51 +8209,51 @@
     <w:lvl w:ilvl="7" w:tplc="51F6CF88">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1892DB58">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7020" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BDA29F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="406AA9F0"/>
     <w:lvl w:ilvl="0" w:tplc="50508F60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D2885014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7895,51 +8322,164 @@
     <w:lvl w:ilvl="7" w:tplc="A10EFE3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5815" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9C1C7392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6535" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CB75EFC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="739E0BCC"/>
+    <w:lvl w:ilvl="0" w:tplc="E71CC464">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B93A6436">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E64A3E22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="26A859F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3098B5AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="34C82EAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D6F88C84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20B4FEF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4F723D18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F634E99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15EE9416"/>
     <w:lvl w:ilvl="0" w:tplc="DE4211C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A62A4198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8008,51 +8548,51 @@
     <w:lvl w:ilvl="7" w:tplc="B3321CA8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D9AC48C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FDA2115"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="920A142A"/>
     <w:lvl w:ilvl="0" w:tplc="F7262BF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="66A428D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -8295,315 +8835,452 @@
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="128089949">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1999726084">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="535042782">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1762483451">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="800878402">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="654796614">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="728066609">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1293248875">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1630940122">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="235675014">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="654796614">
-[...13 lines deleted...]
-  </w:num>
   <w:num w:numId="22" w16cid:durableId="727454509">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="281615317">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1141995253">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="822238597">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="26420646">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2069644576">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="306978361">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2135058108">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="643703007">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1204051485">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="305009007">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="417597031">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2058820531">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="474689780">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="770398323">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="777288990">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1606645631">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="155804775">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1593850670">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="337734825">
+    <w:abstractNumId w:val="21"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1835954928">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1628732011">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="360" w:hanging="360"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="2101287841">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="216161454">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="155804775">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="46" w16cid:durableId="216014269">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1593850670">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="47" w16cid:durableId="515310481">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1701468591">
+    <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Instructions">
     <w15:presenceInfo w15:providerId="None" w15:userId="Instructions"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="67585"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D217F"/>
     <w:rsid w:val="00017AC2"/>
+    <w:rsid w:val="00025353"/>
     <w:rsid w:val="000623E6"/>
     <w:rsid w:val="00073FD1"/>
     <w:rsid w:val="00076FEB"/>
     <w:rsid w:val="00084772"/>
+    <w:rsid w:val="000A0A73"/>
+    <w:rsid w:val="000B0C7F"/>
     <w:rsid w:val="000B174B"/>
     <w:rsid w:val="000B3385"/>
+    <w:rsid w:val="000B5CE5"/>
     <w:rsid w:val="000D0394"/>
     <w:rsid w:val="000E3C11"/>
     <w:rsid w:val="000F3E58"/>
     <w:rsid w:val="000F5E56"/>
+    <w:rsid w:val="000F64F1"/>
+    <w:rsid w:val="000F7982"/>
+    <w:rsid w:val="00133A7D"/>
     <w:rsid w:val="001347E8"/>
     <w:rsid w:val="00151740"/>
     <w:rsid w:val="00165791"/>
     <w:rsid w:val="00175B57"/>
+    <w:rsid w:val="0017620F"/>
+    <w:rsid w:val="00194309"/>
     <w:rsid w:val="001C0702"/>
     <w:rsid w:val="001D1F6B"/>
     <w:rsid w:val="001D217F"/>
+    <w:rsid w:val="001F23CE"/>
     <w:rsid w:val="001F450B"/>
     <w:rsid w:val="001F660B"/>
+    <w:rsid w:val="00213BA6"/>
     <w:rsid w:val="00221BAA"/>
     <w:rsid w:val="002329DC"/>
+    <w:rsid w:val="00233C23"/>
+    <w:rsid w:val="00247B3D"/>
     <w:rsid w:val="0025199B"/>
     <w:rsid w:val="0025594F"/>
+    <w:rsid w:val="002A26A2"/>
+    <w:rsid w:val="002A5CD7"/>
     <w:rsid w:val="0031307B"/>
     <w:rsid w:val="00317DD2"/>
+    <w:rsid w:val="0032386E"/>
+    <w:rsid w:val="00351B08"/>
     <w:rsid w:val="00372CB4"/>
     <w:rsid w:val="003B0744"/>
     <w:rsid w:val="003B3948"/>
     <w:rsid w:val="003B4CB2"/>
     <w:rsid w:val="003B7BB5"/>
     <w:rsid w:val="003D6B59"/>
+    <w:rsid w:val="003E19D8"/>
     <w:rsid w:val="003F2912"/>
     <w:rsid w:val="00404433"/>
     <w:rsid w:val="004057D5"/>
+    <w:rsid w:val="00406D61"/>
+    <w:rsid w:val="00406F45"/>
+    <w:rsid w:val="0042416B"/>
     <w:rsid w:val="00452D71"/>
     <w:rsid w:val="00496B54"/>
+    <w:rsid w:val="004A03B8"/>
     <w:rsid w:val="004A2BF0"/>
     <w:rsid w:val="004A6007"/>
+    <w:rsid w:val="004B04A2"/>
     <w:rsid w:val="004C23F7"/>
+    <w:rsid w:val="004C61E2"/>
     <w:rsid w:val="004C718B"/>
+    <w:rsid w:val="004D5615"/>
     <w:rsid w:val="004D65AE"/>
     <w:rsid w:val="004D7028"/>
     <w:rsid w:val="004E166E"/>
     <w:rsid w:val="004E391D"/>
+    <w:rsid w:val="004F6B4D"/>
+    <w:rsid w:val="005018BE"/>
     <w:rsid w:val="00542767"/>
     <w:rsid w:val="00542D23"/>
     <w:rsid w:val="00545819"/>
+    <w:rsid w:val="005528BE"/>
     <w:rsid w:val="00567366"/>
     <w:rsid w:val="00595105"/>
     <w:rsid w:val="005A2805"/>
     <w:rsid w:val="005B057D"/>
     <w:rsid w:val="005B1D1D"/>
+    <w:rsid w:val="005C3930"/>
     <w:rsid w:val="006221A0"/>
+    <w:rsid w:val="006234A9"/>
     <w:rsid w:val="006247B9"/>
     <w:rsid w:val="00647E1D"/>
+    <w:rsid w:val="006659AE"/>
+    <w:rsid w:val="00686244"/>
     <w:rsid w:val="00687FB0"/>
     <w:rsid w:val="006A7414"/>
+    <w:rsid w:val="006B58EA"/>
+    <w:rsid w:val="006B634D"/>
     <w:rsid w:val="006F02CA"/>
     <w:rsid w:val="006F287A"/>
     <w:rsid w:val="007109DC"/>
+    <w:rsid w:val="00713227"/>
     <w:rsid w:val="00735CCC"/>
     <w:rsid w:val="007557C3"/>
     <w:rsid w:val="007574AC"/>
     <w:rsid w:val="0079369B"/>
     <w:rsid w:val="007B3153"/>
+    <w:rsid w:val="007D12BF"/>
     <w:rsid w:val="007D17C8"/>
     <w:rsid w:val="007F21CB"/>
     <w:rsid w:val="007F2FE9"/>
+    <w:rsid w:val="007F72FC"/>
+    <w:rsid w:val="007F7D39"/>
+    <w:rsid w:val="00825096"/>
+    <w:rsid w:val="00844FED"/>
     <w:rsid w:val="00845F9F"/>
+    <w:rsid w:val="0084672E"/>
     <w:rsid w:val="00851A48"/>
     <w:rsid w:val="0086367A"/>
     <w:rsid w:val="008A5836"/>
+    <w:rsid w:val="008D108B"/>
     <w:rsid w:val="008F242C"/>
     <w:rsid w:val="0091780B"/>
     <w:rsid w:val="00937EC3"/>
+    <w:rsid w:val="009422C5"/>
     <w:rsid w:val="0095517D"/>
+    <w:rsid w:val="00955FCE"/>
     <w:rsid w:val="0095637C"/>
     <w:rsid w:val="00964AC7"/>
     <w:rsid w:val="00984BAB"/>
+    <w:rsid w:val="00985704"/>
+    <w:rsid w:val="00994799"/>
+    <w:rsid w:val="00995788"/>
+    <w:rsid w:val="009A50EC"/>
+    <w:rsid w:val="009A6DD3"/>
     <w:rsid w:val="009B628F"/>
     <w:rsid w:val="009B7227"/>
+    <w:rsid w:val="009E4750"/>
+    <w:rsid w:val="009E52DC"/>
     <w:rsid w:val="009F09A5"/>
     <w:rsid w:val="00A15CE0"/>
     <w:rsid w:val="00A5392D"/>
+    <w:rsid w:val="00A74E5F"/>
     <w:rsid w:val="00A84106"/>
     <w:rsid w:val="00A848FA"/>
+    <w:rsid w:val="00AB56BB"/>
+    <w:rsid w:val="00AB5CFE"/>
     <w:rsid w:val="00AB691F"/>
+    <w:rsid w:val="00AC1710"/>
     <w:rsid w:val="00AC1ECE"/>
     <w:rsid w:val="00AE07FA"/>
+    <w:rsid w:val="00B30021"/>
+    <w:rsid w:val="00B33E06"/>
+    <w:rsid w:val="00B74839"/>
+    <w:rsid w:val="00B7563F"/>
+    <w:rsid w:val="00B920C8"/>
     <w:rsid w:val="00B926AD"/>
     <w:rsid w:val="00BD7AA2"/>
+    <w:rsid w:val="00C12BE6"/>
     <w:rsid w:val="00C13725"/>
     <w:rsid w:val="00C21FB8"/>
     <w:rsid w:val="00C3730A"/>
     <w:rsid w:val="00C401BF"/>
+    <w:rsid w:val="00C41FF3"/>
+    <w:rsid w:val="00C81285"/>
+    <w:rsid w:val="00C87720"/>
     <w:rsid w:val="00CA2204"/>
+    <w:rsid w:val="00D01AA2"/>
     <w:rsid w:val="00D0766F"/>
+    <w:rsid w:val="00D31394"/>
     <w:rsid w:val="00D463A8"/>
     <w:rsid w:val="00DD6B8A"/>
+    <w:rsid w:val="00E302EB"/>
     <w:rsid w:val="00E54B65"/>
+    <w:rsid w:val="00E648A9"/>
     <w:rsid w:val="00E8771A"/>
+    <w:rsid w:val="00E95EBF"/>
     <w:rsid w:val="00EB45A4"/>
     <w:rsid w:val="00EC592C"/>
+    <w:rsid w:val="00EE3645"/>
     <w:rsid w:val="00EE43BB"/>
     <w:rsid w:val="00EF029E"/>
     <w:rsid w:val="00F4799D"/>
     <w:rsid w:val="00F61CA7"/>
+    <w:rsid w:val="00F75BEB"/>
+    <w:rsid w:val="00F8068C"/>
     <w:rsid w:val="00F94A25"/>
+    <w:rsid w:val="00F94A3A"/>
     <w:rsid w:val="00FA0059"/>
     <w:rsid w:val="00FA5370"/>
+    <w:rsid w:val="00FC0D99"/>
     <w:rsid w:val="00FC713B"/>
     <w:rsid w:val="00FD0D82"/>
+    <w:rsid w:val="00FD588B"/>
     <w:rsid w:val="00FD5EF1"/>
     <w:rsid w:val="00FF05CE"/>
     <w:rsid w:val="00FF47DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="67585"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="16085948"/>
-  <w15:docId w15:val="{3B8F84BC-74B3-422E-989B-5266ADF0E663}"/>
+  <w15:docId w15:val="{BAEE7B5E-6088-4C0C-93BA-CA1166469C14}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9520,56 +10197,110 @@
     <w:semiHidden/>
     <w:rsid w:val="0038563B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="commentcontentpara">
     <w:name w:val="commentcontentpara"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00317DD2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TRNSpecNormal">
+    <w:name w:val="TRN Spec Normal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D01AA2"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="585380564">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1215627643">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1441685100">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1791894675">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -9851,99 +10582,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...47 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010067EC4DE1791E2B4EA58A7571ABC53335" ma:contentTypeVersion="31" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e64b9587c3fada27fb38361cf2179e17">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="13f4b1e4-0d4c-46e5-97b4-e54254471a98" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="1a328720-1792-4e87-b2a9-dbdb07f5995e" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns6="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e9558456378ddcba2488b8245abfe32" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accountable" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Priority" minOccurs="0"/>
                 <xsd:element ref="ns3:_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:Responsible_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:Phase_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
@@ -10245,140 +10927,192 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <UserGroup xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </UserGroup>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" xsi:nil="true"/>
+    <Accountable xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>1</Value>
+    </Accountable>
+    <Responsible_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>PM</Value>
+      <Value>PDC</Value>
+      <Value>DT</Value>
+    </Responsible_x0020_1>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <Phase_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>Phase 4 - Design</Value>
+      <Value>Road Renewal</Value>
+      <Value>Traffic Signal Illumination</Value>
+      <Value>Bridges &amp; Culverts</Value>
+    </Phase_x0020_1>
+    <Document_x0020_Priority xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Priority>
+    <Document_x0020_Type xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Type>
+    <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">1</_Version>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D64722B-6CDD-4D41-9049-E9CA6C84CC97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8947FE7-F0AD-4E3B-AFC7-7D3FF0C4BD04}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B91A6AC3-7015-43CA-BBEF-B6B78E41F1C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4367136-4401-4ADA-B57C-E41A53B8E152}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
+    <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
+    <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>22597</Characters>
+  <Pages>15</Pages>
+  <Words>3906</Words>
+  <Characters>22269</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>188</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>185</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Pavement Marking Specifications</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regional Municipality of York</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26508</CharactersWithSpaces>
+  <CharactersWithSpaces>26123</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Pavement Marking Specifications</dc:title>
+  <dc:subject/>
   <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010067EC4DE1791E2B4EA58A7571ABC53335</vt:lpwstr>
   </property>
 </Properties>
 </file>