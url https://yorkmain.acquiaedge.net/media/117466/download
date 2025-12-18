--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -872,50 +872,188 @@
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EDCEC45" w14:textId="77777777" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="00F0297D" w:rsidP="00A954D2">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="006B7CAA" w:rsidRPr="00A954D2" w14:paraId="4D504309" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C627622" w14:textId="763B81DC" w:rsidR="006B7CAA" w:rsidRPr="00A954D2" w:rsidRDefault="006B7CAA" w:rsidP="00C2477D">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Renewal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="685AF880" w14:textId="42796B95" w:rsidR="006B7CAA" w:rsidRPr="00A954D2" w:rsidRDefault="006B7CAA" w:rsidP="00C2477D">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FC33F9" w14:textId="57C34D76" w:rsidR="006B7CAA" w:rsidRPr="00A954D2" w:rsidRDefault="002D1D2A" w:rsidP="00C2477D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Disposal </w:t>
+            </w:r>
+            <w:r w:rsidR="006B7CAA">
+              <w:t>of Asbestos-Containing Material Asphalt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A629965" w14:textId="637BA285" w:rsidR="006B7CAA" w:rsidRPr="00A954D2" w:rsidRDefault="006B7CAA" w:rsidP="00A954D2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tonnes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A38B8A" w14:textId="77777777" w:rsidR="006B7CAA" w:rsidRPr="00A954D2" w:rsidRDefault="006B7CAA" w:rsidP="00A954D2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="042CEA6E" w14:textId="77777777" w:rsidR="006B7CAA" w:rsidRPr="00A954D2" w:rsidRDefault="006B7CAA" w:rsidP="00A954D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2A2167" w14:textId="77777777" w:rsidR="006B7CAA" w:rsidRPr="00A954D2" w:rsidRDefault="006B7CAA" w:rsidP="00A954D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="000825F0" w:rsidRPr="00A954D2" w14:paraId="08A593B8" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="247CD625" w14:textId="77777777" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="00F0297D" w:rsidP="00C2477D">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6430011C" w14:textId="77777777" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="00F0297D" w:rsidP="00C2477D">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
@@ -2224,82 +2362,92 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76B912EA" w14:textId="28B771F9" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="00F0297D" w:rsidP="00C2477D">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geotextile for Sub-Excavation Locations </w:t>
+              <w:t xml:space="preserve">Geotextile for Sub-Excavation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Locations </w:t>
             </w:r>
             <w:r w:rsidRPr="00E726CE">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>(Provisional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35178542" w14:textId="77CF0118" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="00F0297D" w:rsidP="00A954D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="625FFE54" w14:textId="77777777" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="00F0297D" w:rsidP="00A954D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17ACD60D" w14:textId="77777777" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="00F0297D" w:rsidP="00A954D2">
             <w:pPr>
@@ -2364,78 +2512,73 @@
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52E16EDF" w14:textId="3C84F68A" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="0076770E" w:rsidP="00C2477D">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00130CAD">
-              <w:t xml:space="preserve">Earth Excavation and Preparation for </w:t>
-[...3 lines deleted...]
-              <w:t>Boulevard Soil Trench</w:t>
+              <w:t>Earth Excavation and Preparation for Boulevard Soil Trench</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D67548D" w14:textId="4AD978DE" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="0076770E" w:rsidP="00A954D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>cubic metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70238281" w14:textId="77777777" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="00F0297D" w:rsidP="00A954D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D52948A" w14:textId="77777777" w:rsidR="00F0297D" w:rsidRPr="00A954D2" w:rsidRDefault="00F0297D" w:rsidP="00A954D2">
             <w:pPr>
@@ -4149,50 +4292,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000825F0" w:rsidRPr="00A954D2" w14:paraId="5438CDE8" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50E13CA7" w14:textId="3B51A3CB" w:rsidR="00B52AEC" w:rsidRPr="00A954D2" w:rsidRDefault="00B52AEC" w:rsidP="00C2477D">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BE0C681" w14:textId="07DA6549" w:rsidR="00B52AEC" w:rsidRPr="00A954D2" w:rsidRDefault="00B52AEC" w:rsidP="00C2477D">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:commentRangeStart w:id="9"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R305</w:t>
             </w:r>
@@ -4246,109 +4390,99 @@
               <w:t>12.5</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Surface Course, PGAC </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>58-28</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...8 lines deleted...]
-              <w:t>Category ‘</w:t>
+              <w:t>, Category ‘</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">’ Hot Mix Asphalt – </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21078115" w14:textId="03D2A71C" w:rsidR="00B52AEC" w:rsidRPr="00A954D2" w:rsidRDefault="00B52AEC" w:rsidP="00B52AEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37EFC05F" w14:textId="77777777" w:rsidR="00B52AEC" w:rsidRPr="00A954D2" w:rsidRDefault="00B52AEC" w:rsidP="00B52AEC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03B3C9C4" w14:textId="77777777" w:rsidR="00B52AEC" w:rsidRPr="00A954D2" w:rsidRDefault="00B52AEC" w:rsidP="00B52AEC">
             <w:pPr>
@@ -5410,53 +5544,52 @@
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F448653" w14:textId="097E709C" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>tonnes of WMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E1CD6E" w14:textId="77777777" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="52E1CD6E" w14:textId="29B625B4" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00B90FB5">
+            <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B92E667" w14:textId="77777777" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
@@ -6444,50 +6577,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000825F0" w:rsidRPr="00A954D2" w14:paraId="5DD5CAD3" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73FF86A8" w14:textId="27AB9C2B" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B886D57" w14:textId="1F7EF08C" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
@@ -6588,51 +6722,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000825F0" w:rsidRPr="00A954D2" w14:paraId="1D982587" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573BB271" w14:textId="384D7BB5" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DD2E953" w14:textId="39617C0E" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
@@ -9259,50 +9392,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000825F0" w:rsidRPr="00A954D2" w14:paraId="5781DD07" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09EB1B4B" w14:textId="7623514B" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B82D022" w14:textId="15D53D61" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
@@ -9403,51 +9537,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000825F0" w:rsidRPr="00A954D2" w14:paraId="30B399EB" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F87533D" w14:textId="19E4FF5A" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65913E8C" w14:textId="13DE157E" w:rsidR="00574E48" w:rsidRPr="00A954D2" w:rsidRDefault="00574E48" w:rsidP="00574E48">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
@@ -11074,110 +11207,143 @@
           <w:p w14:paraId="2920194C" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="05A83142" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24CF0AF2" w14:textId="0F6E32BA" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="_Hlk209522877"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35E3A7ED" w14:textId="77186950" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R405</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79AE09E8" w14:textId="16031524" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>Replace Frames and Grates for Maintenance Holes, Catch Basins and Valve Chambers</w:t>
+          <w:p w14:paraId="79AE09E8" w14:textId="2173CE38" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Replace Frames and Grates</w:t>
+            </w:r>
+            <w:r w:rsidR="00A365E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Covers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Maintenance Holes, Catch Basins</w:t>
+            </w:r>
+            <w:r w:rsidR="00237FAA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Ditch Inlets</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Valve Chambers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24BF0F2E" w14:textId="0F4ECD90" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
@@ -11205,50 +11371,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57738452" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="12"/>
       <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="3A0511B5" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13F53881" w14:textId="4ED8BA29" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11385,67 +11552,67 @@
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D44DA94" w14:textId="2D9BB1B9" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="12"/>
+            <w:commentRangeStart w:id="13"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R407</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="12"/>
+            <w:commentRangeEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="12"/>
+              <w:commentReference w:id="13"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65824A29" w14:textId="673CEC7D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Catch Basins</w:t>
             </w:r>
             <w:r>
@@ -11557,181 +11724,174 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="7C3D3940" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16C97A85" w14:textId="324870C4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A6E0447" w14:textId="0F3B2D1B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="13"/>
+            <w:commentRangeStart w:id="14"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R408</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="13"/>
+            <w:commentRangeEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="13"/>
+              <w:commentReference w:id="14"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79A6E7F7" w14:textId="2749773D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Double Catch Basins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D277CB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
               </w:rPr>
-              <w:t xml:space="preserve">including Frame and </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D277CB">
+              <w:t>including Frame and Grate/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E726CE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Grate/</w:t>
+              <w:t>Cover</w:t>
             </w:r>
             <w:r w:rsidRPr="00E726CE">
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-[...4 lines deleted...]
-              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>600 mm x 1200 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="131DD636" w14:textId="5B065B13" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AAF833F" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A4AF97B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
@@ -11781,67 +11941,67 @@
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11B31D99" w14:textId="5B6D7771" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="14"/>
+            <w:commentRangeStart w:id="15"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R409</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="14"/>
+            <w:commentRangeEnd w:id="15"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="14"/>
+              <w:commentReference w:id="15"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F833F6A" w14:textId="5B28B638" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ditch </w:t>
             </w:r>
             <w:r w:rsidRPr="00E726CE">
@@ -11988,67 +12148,67 @@
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68A0C4B8" w14:textId="2B7EDD11" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="15"/>
+            <w:commentRangeStart w:id="16"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R410</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="15"/>
+            <w:commentRangeEnd w:id="16"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="15"/>
+              <w:commentReference w:id="16"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA7B43C" w14:textId="13954EB1" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Maintenance Holes</w:t>
             </w:r>
             <w:r>
@@ -12365,67 +12525,67 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">New Construction </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DED1089" w14:textId="4504060A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="16"/>
+            <w:commentRangeStart w:id="17"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R411</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="16"/>
+            <w:commentRangeEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="16"/>
+              <w:commentReference w:id="17"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AA01AC1" w14:textId="1B6AEC08" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Maintenance Hole Drop </w:t>
             </w:r>
             <w:r w:rsidRPr="00E726CE">
               <w:rPr>
@@ -12663,106 +12823,106 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CBFCF4A" w14:textId="31614197" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="17"/>
+            <w:commentRangeStart w:id="18"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R413</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="17"/>
+            <w:commentRangeEnd w:id="18"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="17"/>
+              <w:commentReference w:id="18"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65804942" w14:textId="3294A771" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="65804942" w14:textId="0FD6580F" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Oil/Grit Separator </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB734B">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>Location and Size</w:t>
+              <w:t xml:space="preserve">Location </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05876117" w14:textId="13F10AF6" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
@@ -12834,67 +12994,67 @@
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="719ECBA5" w14:textId="604A8C74" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="18"/>
+            <w:commentRangeStart w:id="19"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R414</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="18"/>
+            <w:commentRangeEnd w:id="19"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="18"/>
+              <w:commentReference w:id="19"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73F77DA3" w14:textId="3286A434" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Storm Sewer </w:t>
             </w:r>
             <w:r>
@@ -13048,67 +13208,67 @@
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CE7EA42" w14:textId="63151478" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="19"/>
+            <w:commentRangeStart w:id="20"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R414</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="19"/>
+            <w:commentRangeEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="19"/>
+              <w:commentReference w:id="20"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0812B88D" w14:textId="72561D74" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Storm Sewer </w:t>
             </w:r>
             <w:r>
@@ -13390,67 +13550,67 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20846D0D" w14:textId="01A238A2" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="20"/>
+            <w:commentRangeStart w:id="21"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R416</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="20"/>
+            <w:commentRangeEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="20"/>
+              <w:commentReference w:id="21"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1358609F" w14:textId="43D32543" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Remove and Replace Damaged Storm Sewer Pipe </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13905,82 +14065,84 @@
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Concrete Headwall with Grate and </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Chain Link Fence</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (OPSD 804.040)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00A42ACA" w14:textId="11DC7509" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="350A43A1" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65D137F6" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
@@ -14005,51 +14167,50 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="6C8FF478" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7831D91A" w14:textId="7FF84D79" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B62C092" w14:textId="644FBA2D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R420</w:t>
             </w:r>
           </w:p>
@@ -14215,759 +14376,770 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="199A1E26" w14:textId="60801782" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:commentRangeStart w:id="22"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R421</w:t>
             </w:r>
-          </w:p>
-[...137 lines deleted...]
-            <w:r>
+            <w:commentRangeEnd w:id="22"/>
+            <w:r w:rsidR="00121662">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="21"/>
+              <w:commentReference w:id="22"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D09C32F" w14:textId="166C965A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00A954D2">
+          <w:p w14:paraId="48835CE3" w14:textId="7BEBE4B8" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Remove and Replace Driveway Culvert</w:t>
+            </w:r>
+            <w:r w:rsidR="003949CC">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A954D2">
+            <w:r w:rsidR="003949CC" w:rsidRPr="003949CC">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>Location</w:t>
+              <w:t>– Size, Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A91A1B0" w14:textId="7CA5EE3E" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:t>lump sum</w:t>
+          <w:p w14:paraId="728F5C6F" w14:textId="33D2F445" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF4BEF1" w14:textId="04B1B80A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="00DA04B7" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4E13DF" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="46F393A8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5D1048" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="09747033" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="21E2F2ED" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="16464B76" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214967DD" w14:textId="0A6E89CB" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>New Construction</w:t>
+          <w:p w14:paraId="3F32D3E9" w14:textId="0ADD30C7" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21C9B547" w14:textId="3B29C27C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...16 lines deleted...]
-            <w:commentRangeEnd w:id="22"/>
+          <w:p w14:paraId="6D2E874F" w14:textId="14AC043C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="23"/>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R422</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="22"/>
+              <w:commentReference w:id="23"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="523C1C3D" w14:textId="458E1D0C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Road Culvert </w:t>
+          <w:p w14:paraId="2D09C32F" w14:textId="166C965A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remove and Replace Pipe Culverts </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
-                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004411A2">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>Size, Type, Class</w:t>
+              <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="671439E2" w14:textId="1ACB1C44" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A954D2">
+          <w:p w14:paraId="6A91A1B0" w14:textId="7E824EC4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00B07440" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DFD7842" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6FF4BEF1" w14:textId="68149F86" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFB37B2" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1B4E13DF" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73947895" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1D5D1048" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="12A27715" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="21E2F2ED" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="280B36BC" w14:textId="2D39CB54" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:t>Renewal</w:t>
+          <w:p w14:paraId="214967DD" w14:textId="0A6E89CB" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="513F82FA" w14:textId="14222BB0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...16 lines deleted...]
-            <w:commentRangeEnd w:id="23"/>
+          <w:p w14:paraId="21C9B547" w14:textId="3B29C27C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="24"/>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R423</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="24"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="23"/>
+              <w:commentReference w:id="24"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C907F9C" w14:textId="4790F3B1" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...49 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="523C1C3D" w14:textId="458E1D0C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Road Culvert </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004411A2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>Location</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Size, Type, Class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E7C4A1B" w14:textId="7BA8E42A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:t>lump sum</w:t>
+          <w:p w14:paraId="671439E2" w14:textId="1ACB1C44" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2133BDC2" w14:textId="19461114" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0DFD7842" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59038E0C" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4FFB37B2" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="786D42A4" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="73947895" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="09AE9D4C" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="12A27715" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B47385B" w14:textId="5732DCA2" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="280B36BC" w14:textId="2D39CB54" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4649AB76" w14:textId="51B11187" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...16 lines deleted...]
-            <w:commentRangeEnd w:id="24"/>
+          <w:p w14:paraId="513F82FA" w14:textId="14222BB0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="25"/>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R424</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="24"/>
+              <w:commentReference w:id="25"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C907F9C" w14:textId="4790F3B1" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reline Pipe</w:t>
+            </w:r>
+            <w:r w:rsidR="00740151">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Culvert </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with Fold and Form </w:t>
+            </w:r>
+            <w:r w:rsidR="000F5A20">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PVC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pipe Liners – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>Location</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7C4A1B" w14:textId="7A38CE4A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00B07440" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>metres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2133BDC2" w14:textId="704EDB53" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59038E0C" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="786D42A4" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="09AE9D4C" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B47385B" w14:textId="5732DCA2" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Renewal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4649AB76" w14:textId="51B11187" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="26"/>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R425</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="26"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:commentReference w:id="26"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1343B4BF" w14:textId="1EE1971C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reline Pipe</w:t>
             </w:r>
             <w:r w:rsidR="00740151">
               <w:rPr>
@@ -15246,670 +15418,1021 @@
           </w:tcPr>
           <w:p w14:paraId="2DB2A5DC" w14:textId="77777777" w:rsidR="00F03A82" w:rsidRPr="00A954D2" w:rsidRDefault="00F03A82" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3991BF77" w14:textId="77777777" w:rsidR="00F03A82" w:rsidRPr="00A954D2" w:rsidRDefault="00F03A82" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="453E949D" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="003475FA" w:rsidRPr="00A954D2" w14:paraId="11C8AACF" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="086A8A19" w14:textId="5ED0B31D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4EE56271" w14:textId="1CB1D41B" w:rsidR="003475FA" w:rsidRDefault="003475FA" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>enewal</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A40A424" w14:textId="07745720" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="50FE5A33" w14:textId="2C805EC5" w:rsidR="003475FA" w:rsidRDefault="003475FA" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="27"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R427</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="27"/>
+            <w:r w:rsidR="00C2227E">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:commentReference w:id="27"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE5E8B9" w14:textId="43ED54BD" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="48D72580" w14:textId="0557BD5D" w:rsidR="003475FA" w:rsidRPr="003475FA" w:rsidRDefault="003475FA" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arge Voids in </w:t>
+            </w:r>
+            <w:r w:rsidR="00D86B3F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pipe Connections – </w:t>
+            </w:r>
+            <w:r w:rsidR="00D86B3F" w:rsidRPr="00D86B3F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>Pipe</w:t>
+            </w:r>
+            <w:r w:rsidR="00D86B3F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D86B3F" w:rsidRPr="00D86B3F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>Size</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1DCD8F" w14:textId="02D89FF2" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="00C68A94" w14:textId="341B5E6F" w:rsidR="003475FA" w:rsidRDefault="00D86B3F" w:rsidP="00BB0856">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ach</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0163C450" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5BBEF288" w14:textId="77777777" w:rsidR="003475FA" w:rsidRDefault="003475FA" w:rsidP="00BB0856">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B6EF0F9" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="476B3009" w14:textId="77777777" w:rsidR="003475FA" w:rsidRPr="00A954D2" w:rsidRDefault="003475FA" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1F7E57" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="761EAC66" w14:textId="77777777" w:rsidR="003475FA" w:rsidRPr="00A954D2" w:rsidRDefault="003475FA" w:rsidP="00BB0856">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="31C33AC1" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="1E923E9F" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6E52DB" w14:textId="5FD57BD5" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00A954D2">
+          <w:p w14:paraId="67B255AE" w14:textId="6A2384B8" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8DD17F" w14:textId="6FA77DAD" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R427</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAAD472" w14:textId="078D5933" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003475FA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parge Voids </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003475FA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Subdrain Connection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA4F50D" w14:textId="54A3BD09" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6559D32E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42077549" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="332B48BD" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="453E949D" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="086A8A19" w14:textId="5ED0B31D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A40A424" w14:textId="07745720" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE5E8B9" w14:textId="43ED54BD" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1DCD8F" w14:textId="02D89FF2" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0163C450" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6EF0F9" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1F7E57" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="31C33AC1" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6E52DB" w14:textId="5FD57BD5" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Renewal</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="456D63B7" w14:textId="1C40F095" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="456D63B7" w14:textId="1C40F095" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R501</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10973A40" w14:textId="24F576E9" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="10973A40" w14:textId="24F576E9" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Asphalt Pavement – Full Depth (</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14A269C4" w14:textId="728A5FF2" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="14A269C4" w14:textId="728A5FF2" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C046BE" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="35C046BE" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C66A5E4" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2C66A5E4" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78F6DE83" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="78F6DE83" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="79651FC8" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="79651FC8" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44ECAF31" w14:textId="1053F966" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="44ECAF31" w14:textId="1053F966" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4709D5E0" w14:textId="0C8FFF4C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4709D5E0" w14:textId="0C8FFF4C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R502</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F5EBB81" w14:textId="68AE6D88" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5F5EBB81" w14:textId="68AE6D88" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Asphalt Pavement – Partial Depth (</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> mm) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504C287E" w14:textId="040F7D54" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="504C287E" w14:textId="040F7D54" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14BA4171" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="14BA4171" w14:textId="4543814D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="486D5375" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="486D5375" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25278D51" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="25278D51" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="74EBEF0C" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="74EBEF0C" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5501D4CD" w14:textId="134EB846" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5501D4CD" w14:textId="134EB846" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="424DB1E3" w14:textId="6A7B8704" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="424DB1E3" w14:textId="6A7B8704" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R503</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39AE1D25" w14:textId="4B7CACC1" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="39AE1D25" w14:textId="4B7CACC1" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Remov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>al of</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asphalt Pavement at New Median – Partial Depth (40 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A0D973" w14:textId="4C98CA5F" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="67A0D973" w14:textId="4C98CA5F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20C2F5C8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="20C2F5C8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="725BCDCC" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="725BCDCC" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46F30AA3" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="46F30AA3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="49A14160" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="49A14160" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6004F9" w14:textId="47E6D310" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5B6004F9" w14:textId="47E6D310" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DABA019" w14:textId="42A31D67" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0DABA019" w14:textId="42A31D67" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R504</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C29982E" w14:textId="08FC378B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0C29982E" w14:textId="08FC378B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Remov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>al of</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
@@ -15920,10497 +16443,10604 @@
               <w:t xml:space="preserve"> Asphalt Pavement at Structures – Partial Depth (</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32BFDFEC" w14:textId="26B6A044" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="32BFDFEC" w14:textId="26B6A044" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05FE37F4" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="05FE37F4" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04B54F9B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="04B54F9B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ABB971F" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3ABB971F" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="4A342FEE" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="4A342FEE" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C83EB09" w14:textId="0AF79C3F" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4C83EB09" w14:textId="0AF79C3F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDCA74F" w14:textId="21307FF3" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7BDCA74F" w14:textId="21307FF3" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R505</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0B893E" w14:textId="2B8F6806" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5B0B893E" w14:textId="2B8F6806" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Asphalt Sidewalk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="649CFFFD" w14:textId="6E5EA68C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="649CFFFD" w14:textId="6E5EA68C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76157F66" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="76157F66" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31C55AE0" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="31C55AE0" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B3C0FB9" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7B3C0FB9" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="193E6776" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="193E6776" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22B24DD3" w14:textId="489999DE" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="22B24DD3" w14:textId="489999DE" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D6066B4" w14:textId="7A1C0F5E" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2D6066B4" w14:textId="7A1C0F5E" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R506</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6650D311" w14:textId="46903FB8" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6650D311" w14:textId="46903FB8" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Concrete Curb and Gutter – All Types</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45BE1E8C" w14:textId="2BBFE953" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="45BE1E8C" w14:textId="2BBFE953" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A6C5DD" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="29A6C5DD" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E01836D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7E01836D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1BEC21" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1B1BEC21" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="07A32BD1" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="07A32BD1" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C463D9" w14:textId="75C6EABC" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="33C463D9" w14:textId="75C6EABC" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1037396D" w14:textId="145E89EA" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1037396D" w14:textId="145E89EA" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R507</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31A2C9EA" w14:textId="0BE8716C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="31A2C9EA" w14:textId="0BE8716C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Concrete Sidewalk/Median Island</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D28DC24" w14:textId="585B9D43" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4D28DC24" w14:textId="585B9D43" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33922B85" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="33922B85" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="099C4A03" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="099C4A03" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD00D83" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4BD00D83" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="3873FCC5" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="3873FCC5" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76817F7D" w14:textId="3780C486" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="76817F7D" w14:textId="3780C486" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8E3F3F" w14:textId="47AB9568" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1A8E3F3F" w14:textId="47AB9568" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R508</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E1D22DC" w14:textId="00F79EA1" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5E1D22DC" w14:textId="00F79EA1" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Concrete Sidewalk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ECF3CFF" w14:textId="32128B84" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1ECF3CFF" w14:textId="32128B84" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F63CBC5" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0F63CBC5" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="028D02D6" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="028D02D6" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76B27D0B" w14:textId="73D2D0B4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="76B27D0B" w14:textId="73D2D0B4" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="09786DEE" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="09786DEE" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12198794" w14:textId="62000DB0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="12198794" w14:textId="62000DB0" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54B4E004" w14:textId="04AEA082" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="54B4E004" w14:textId="04AEA082" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R509</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A02DA1C" w14:textId="6F1D7379" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3A02DA1C" w14:textId="6F1D7379" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Median Island</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A764A27" w14:textId="0C7F096B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1A764A27" w14:textId="0C7F096B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="470775D0" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="470775D0" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="043F7685" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="043F7685" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11B28A83" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="11B28A83" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="2CC57355" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="2CC57355" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9858C4" w14:textId="3719FDF1" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6E9858C4" w14:textId="3719FDF1" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1DE89F" w14:textId="74EE9B70" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6C1DE89F" w14:textId="74EE9B70" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R510</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52721F8F" w14:textId="073749DC" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="52721F8F" w14:textId="073749DC" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Unit Pavers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F319E44" w14:textId="009905C6" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7F319E44" w14:textId="009905C6" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D91976E" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2D91976E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="456B3333" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="456B3333" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C97F602" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3C97F602" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="6DACD044" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="6DACD044" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BE28DF7" w14:textId="762A8DC1" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5BE28DF7" w14:textId="762A8DC1" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050682C">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Renewal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6D13E0" w14:textId="045FF4AD" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>R510</w:t>
+            </w:r>
+            <w:r w:rsidR="002066DA">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA0355D" w14:textId="21270706" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B36B96">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Removal of Unit Paver Crosswalks within Roadway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="292C2B72" w14:textId="7D6AE441" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>square metres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8B753B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="671D107A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="610E136D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="12101065" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39894A08" w14:textId="4D803346" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE65E18" w14:textId="0D712717" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R511</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B48CDE" w14:textId="1C934AEB" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Removal of Concrete Bus Pads </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8D0BCC" w14:textId="66B7845D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>square metres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="240A615C" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D45CE81" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0FFAAA" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="240950B8" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40066EC3" w14:textId="03186124" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D51B4DB" w14:textId="72EB3109" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R512</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1293F7F3" w14:textId="5611D3A0" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Removal of Pipe Subdrains </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="519BD634" w14:textId="7BA3F702" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>metres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62757A2E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDD2920" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727F9879" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="6030CCF9" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2CEF15" w14:textId="7358A818" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1896A29C" w14:textId="33711D6B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R513</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E9000E" w14:textId="65A75D99" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Removal of Maintenance Holes, Catch Basins and Ditch Inlets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B3FA92" w14:textId="569A3776" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A07294" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735872CD" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="233916EA" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="5C1B301A" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00EC366E" w14:textId="426F7429" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / New Construction</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D6D13E0" w14:textId="714CCDAE" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>R510a</w:t>
+          <w:p w14:paraId="00F0C4C0" w14:textId="64A9392C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R514</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA0355D" w14:textId="21270706" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>Removal of Unit Paver Crosswalks within Roadway</w:t>
+          <w:p w14:paraId="2FB8A25D" w14:textId="738F611B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Removal of Pipes and Culverts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="292C2B72" w14:textId="7D6AE441" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:t>square metres</w:t>
+          <w:p w14:paraId="593999FE" w14:textId="5E8D2EDC" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8B753B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="11D58C6A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="671D107A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4878864A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610E136D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="52C49F2C" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="12101065" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="3C1D0A6C" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39894A08" w14:textId="4D803346" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="345DD050" w14:textId="1023C3E6" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE65E18" w14:textId="0D712717" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>R511</w:t>
+          <w:p w14:paraId="0E0D4A95" w14:textId="786A0E6C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R515</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79B48CDE" w14:textId="1C934AEB" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Removal of Concrete Bus Pads </w:t>
+          <w:p w14:paraId="2EF2EE7A" w14:textId="638F5D00" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Abandon Sewers and Laterals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8D0BCC" w14:textId="66B7845D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:t>square metres</w:t>
+          <w:p w14:paraId="38B38893" w14:textId="3B62BC3D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="240A615C" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5A8B4977" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D45CE81" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2C8E40CF" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A0FFAAA" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="68591239" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="240950B8" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="2275EEFE" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40066EC3" w14:textId="03186124" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0AE6EB2A" w14:textId="01480479" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D51B4DB" w14:textId="72EB3109" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>R512</w:t>
+          <w:p w14:paraId="57D85D6F" w14:textId="0C802D7B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R516</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1293F7F3" w14:textId="5611D3A0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Removal of Pipe Subdrains </w:t>
+          <w:p w14:paraId="2285477D" w14:textId="56EC6D55" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Removal of Concrete – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2542">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>Headwall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="519BD634" w14:textId="7BA3F702" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:t>metres</w:t>
+          <w:p w14:paraId="6E1449EB" w14:textId="6C25DF34" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2542">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>cubic metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62757A2E" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1B64AF77" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FDD2920" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="00AC1BB6" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="727F9879" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="65AFC06C" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="6030CCF9" w14:textId="77777777" w:rsidTr="000F440E">
-[...552 lines deleted...]
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="385D9379" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="385D9379" w14:textId="77777777" w:rsidTr="000F440E">
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10F0F58F" w14:textId="63E61B65" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="10F0F58F" w14:textId="63E61B65" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07093144" w14:textId="0DB5D19A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="07093144" w14:textId="0DB5D19A" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R516</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06B3A7AB" w14:textId="09AB2E79" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="06B3A7AB" w14:textId="09AB2E79" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Removal of Concrete – </w:t>
             </w:r>
             <w:r w:rsidRPr="005F2542">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>Toe Wall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3533F3CF" w14:textId="47A0C628" w:rsidR="00BB0856" w:rsidRPr="004849F6" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3533F3CF" w14:textId="47A0C628" w:rsidR="002A0A56" w:rsidRPr="004849F6" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F2542">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>cubic metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="251D17E1" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="251D17E1" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6829D7BF" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6829D7BF" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28469F64" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="28469F64" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="74A41C53" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="74A41C53" w14:textId="77777777" w:rsidTr="000F440E">
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E9D9FBE" w14:textId="42E04B3B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7E9D9FBE" w14:textId="42E04B3B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00063C4E" w14:textId="6160055C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="00063C4E" w14:textId="6160055C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R517</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A442E9E" w14:textId="1BD15542" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0A442E9E" w14:textId="1BD15542" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Rip Rap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74BD124D" w14:textId="05280868" w:rsidR="00BB0856" w:rsidRPr="004849F6" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="74BD124D" w14:textId="05280868" w:rsidR="002A0A56" w:rsidRPr="004849F6" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F31BA">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14741698" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="14741698" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449387FB" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="449387FB" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD47BF3" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6AD47BF3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="187168A7" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="187168A7" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4412409D" w14:textId="31B2F5E5" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4412409D" w14:textId="31B2F5E5" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B459676" w14:textId="006F43B3" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0B459676" w14:textId="006F43B3" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R518</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07A9F507" w14:textId="7FECDA64" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="07A9F507" w14:textId="7FECDA64" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Gabions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E29BDF3" w14:textId="543D7F68" w:rsidR="00BB0856" w:rsidRPr="004849F6" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1E29BDF3" w14:textId="543D7F68" w:rsidR="002A0A56" w:rsidRPr="004849F6" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F2542">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">cubic metres </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4268D3CA" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4268D3CA" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A91D548" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4A91D548" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57B01062" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="57B01062" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="6095A027" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="6095A027" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E14547" w14:textId="1ED592F4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="53E14547" w14:textId="1ED592F4" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="042B93A8" w14:textId="47523127" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="042B93A8" w14:textId="47523127" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R519</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16CC45DD" w14:textId="3DB26EF5" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="16CC45DD" w14:textId="3DB26EF5" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Three-Cable Guide Rail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A0DABF" w14:textId="0157868C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="35A0DABF" w14:textId="0157868C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76F49259" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="76F49259" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9F4CAE" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1F9F4CAE" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4D7BDD" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3D4D7BDD" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="7086F6E2" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="7086F6E2" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D72038E" w14:textId="2480775E" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2D72038E" w14:textId="2480775E" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B344E9D" w14:textId="729C01B6" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4B344E9D" w14:textId="729C01B6" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R520</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30B8B4ED" w14:textId="1C293CE9" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="30B8B4ED" w14:textId="1C293CE9" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Anchor Blocks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3901C469" w14:textId="75126882" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3901C469" w14:textId="75126882" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13D8C198" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="13D8C198" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D87A8B3" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7D87A8B3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="585FDBFA" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="585FDBFA" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="4C541195" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="4C541195" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8154AF" w14:textId="4ED609D7" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1A8154AF" w14:textId="4ED609D7" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7850BB8E" w14:textId="18148BEA" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7850BB8E" w14:textId="18148BEA" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R521</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C383B6F" w14:textId="5ED9DDAD" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4C383B6F" w14:textId="5ED9DDAD" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Steel Beam Guide Rail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="244CED1D" w14:textId="671A19A6" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="244CED1D" w14:textId="671A19A6" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36313891" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="36313891" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1953F403" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1953F403" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44C4C8B1" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="44C4C8B1" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="051F7395" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="051F7395" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37F819FD" w14:textId="6C88EFC3" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="37F819FD" w14:textId="6C88EFC3" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04BA3FFB" w14:textId="1689C8C9" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="04BA3FFB" w14:textId="1689C8C9" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R522</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="783527AB" w14:textId="548284B4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="783527AB" w14:textId="548284B4" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Energy Attenuators</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3FC0C3" w14:textId="2E29D671" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2A3FC0C3" w14:textId="2E29D671" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD2B335" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6AD2B335" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3031E533" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3031E533" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0532B391" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0532B391" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="79ABC047" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="79ABC047" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46322D6D" w14:textId="0C79DD8F" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="46322D6D" w14:textId="0C79DD8F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="259C8033" w14:textId="2E044BFD" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="259C8033" w14:textId="2E044BFD" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R523</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FEEEABB" w14:textId="34CA9662" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7FEEEABB" w14:textId="34CA9662" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Fence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – All Types</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB00FB5" w14:textId="35A6CDD0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0BB00FB5" w14:textId="35A6CDD0" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C574B52" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7C574B52" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF18E50" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3BF18E50" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CED60EA" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3CED60EA" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="652E16B7" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="652E16B7" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04CBC850" w14:textId="1CEEEA05" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="04CBC850" w14:textId="1CEEEA05" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CFC6ABD" w14:textId="4066640D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4CFC6ABD" w14:textId="4066640D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R524</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A97B3BF" w14:textId="56BE959D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0A97B3BF" w14:textId="56BE959D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Removal of Noise Barriers </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> All Types</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78D76D1E" w14:textId="27DDD077" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="78D76D1E" w14:textId="27DDD077" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8203B8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7B8203B8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45D5925E" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="45D5925E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5D08F9" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2D5D08F9" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="7CF9FC1A" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="7CF9FC1A" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B79FC77" w14:textId="4BA1DA9D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0B79FC77" w14:textId="4BA1DA9D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="342A57A7" w14:textId="47EB309F" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="342A57A7" w14:textId="47EB309F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R525</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57716E18" w14:textId="7F445475" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="57716E18" w14:textId="7F445475" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Relocate Canada Post Super Box on New Concrete Pad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3599730C" w14:textId="0739E453" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3599730C" w14:textId="0739E453" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ADF7584" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5ADF7584" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49AC20D8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="49AC20D8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B74DAC7" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6B74DAC7" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="47FC8346" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="47FC8346" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54385602" w14:textId="440C3EB5" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="54385602" w14:textId="440C3EB5" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0009062F">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="104870A2" w14:textId="7F2009C6" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="104870A2" w14:textId="7F2009C6" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R526</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4615AB87" w14:textId="681396CE" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4615AB87" w14:textId="681396CE" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rip Rap Stone with Geotextile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4862281E" w14:textId="75BBBFF3" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4862281E" w14:textId="75BBBFF3" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78A9EB13" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="78A9EB13" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29AC327D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="29AC327D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E199F2E" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4E199F2E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="747F23CB" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="747F23CB" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75566DF5" w14:textId="5F9C8118" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="75566DF5" w14:textId="5F9C8118" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC554DB" w14:textId="22ADDBA6" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0FC554DB" w14:textId="22ADDBA6" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R527</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20550AFC" w14:textId="7ADFEC6D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="20550AFC" w14:textId="7ADFEC6D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>River Run Stone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79932C93" w14:textId="230DE0FB" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="79932C93" w14:textId="230DE0FB" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E220B1A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1E220B1A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B109620" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1B109620" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="665C0D82" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="665C0D82" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="33C6E22A" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="33C6E22A" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A67CA7F" w14:textId="630A414F" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2A67CA7F" w14:textId="630A414F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">Renewal </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD04506" w14:textId="09E31FE0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6AD04506" w14:textId="09E31FE0" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R528</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52F4DDAE" w14:textId="73A4DD62" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="52F4DDAE" w14:textId="73A4DD62" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Removal of Concrete Barrier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16E948A3" w14:textId="16CE010C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="16E948A3" w14:textId="16CE010C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E944253" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0E944253" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68C12AF7" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="68C12AF7" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="559A2424" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="559A2424" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="168046C1" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="168046C1" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F4643A8" w14:textId="470FE30E" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2F4643A8" w14:textId="470FE30E" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="359E5016" w14:textId="7FCA2EF6" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="359E5016" w14:textId="7FCA2EF6" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>530</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15731D7C" w14:textId="2E94D38D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="15731D7C" w14:textId="70FC80A0" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC5E54">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cold Wet Mill and Disposal of Asphalt Pavement Containing Asbestos – </w:t>
+              <w:t xml:space="preserve">Cold Wet Mill </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of Asbestos-Containing Material</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC5E54">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Asphalt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC5E54">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC5E54">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>Partial/Full Depth (XX mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3EC814" w14:textId="5C3C753B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7C3EC814" w14:textId="5C3C753B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8EA3A6" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0F8EA3A6" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E28DEDC" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6E28DEDC" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30FA89AC" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="30FA89AC" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="634ADD1D" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="634ADD1D" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61613219" w14:textId="7C030932" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="61613219" w14:textId="7C030932" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68CBDFD7" w14:textId="6C950A12" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="25"/>
+          <w:p w14:paraId="68CBDFD7" w14:textId="6C950A12" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="28"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>531</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="25"/>
+            <w:commentRangeEnd w:id="28"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="25"/>
+              <w:commentReference w:id="28"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7057377C" w14:textId="6D9BDC90" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7057377C" w14:textId="115FBF7E" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC5E54">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cold Wet Mill and Disposal of Asphalt Pavement Containing Asbestos – </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Cold Wet Mill </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of Asbestos-Containing Material </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DC5E54">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Asphalt  –</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DC5E54">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC5E54">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>Partial/Full Depth (XX mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF87DF7" w14:textId="166A460E" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5CF87DF7" w14:textId="166A460E" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4405588D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4405588D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2301AD" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1C2301AD" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06040545" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="06040545" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="49E79DAD" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="49E79DAD" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="410BA024" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="410BA024" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB813B3" w14:textId="414E3A1A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3CB813B3" w14:textId="414E3A1A" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD88B19" w14:textId="6FD45F05" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7CD88B19" w14:textId="6FD45F05" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5D2C74" w14:textId="4C979FA5" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1A5D2C74" w14:textId="4C979FA5" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="037F270D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="037F270D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4009C715" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4009C715" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522754A8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="522754A8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="1CA7EE66" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="1CA7EE66" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C6AB8E0" w14:textId="2AEA7E89" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2C6AB8E0" w14:textId="2AEA7E89" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5598DE39" w14:textId="4F0F5F98" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="26"/>
+          <w:p w14:paraId="5598DE39" w14:textId="4F0F5F98" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="29"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R701</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64920B85" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="64920B85" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Supply and Install Steel Beam Guide Rail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51D0CCD9" w14:textId="7BF05A71" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="51D0CCD9" w14:textId="7BF05A71" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="26"/>
+            <w:commentRangeEnd w:id="29"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="26"/>
+              <w:commentReference w:id="29"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="524F9160" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="524F9160" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5188E2F8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5188E2F8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B782ECC" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0B782ECC" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="47350FC3" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="47350FC3" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9C9E85" w14:textId="7B74276E" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4B9C9E85" w14:textId="7B74276E" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="717191EC" w14:textId="521886A3" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="27"/>
+          <w:p w14:paraId="717191EC" w14:textId="521886A3" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="30"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R701</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF806E4" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2CF806E4" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supply and Install Steel Beam Guide Rail </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>with Channel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="422D31EB" w14:textId="5977B732" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="422D31EB" w14:textId="5977B732" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="27"/>
+            <w:commentRangeEnd w:id="30"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="27"/>
+              <w:commentReference w:id="30"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE0DD16" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5AE0DD16" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8E713A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7F8E713A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="169AAEEA" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="169AAEEA" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="69F8D3BD" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="69F8D3BD" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="368E2C15" w14:textId="029218E9" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="368E2C15" w14:textId="029218E9" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59AA93FD" w14:textId="7F8E79F2" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="28"/>
+          <w:p w14:paraId="59AA93FD" w14:textId="7F8E79F2" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="31"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R701</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFC3D2E" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7FFC3D2E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supply and Install Steel Beam Guide Rail </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>– Nu-Guard Assembly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC3F99C" w14:textId="558877E4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0AC3F99C" w14:textId="558877E4" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="28"/>
+            <w:commentRangeEnd w:id="31"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="28"/>
+              <w:commentReference w:id="31"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4B9EBB" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1B4B9EBB" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F15233B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3F15233B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28F56A39" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="28F56A39" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="776E1AE3" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="776E1AE3" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BCEAB56" w14:textId="1808B876" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6BCEAB56" w14:textId="1808B876" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09DFDAFF" w14:textId="77DE7206" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="29"/>
+          <w:p w14:paraId="09DFDAFF" w14:textId="77DE7206" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="32"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R701</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE11A3D" w14:textId="3B6D8E1A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6BE11A3D" w14:textId="3B6D8E1A" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supply and Install Steel Beam Guide Rail </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>– M20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35B87971" w14:textId="79796F7F" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="35B87971" w14:textId="79796F7F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="29"/>
+            <w:commentRangeEnd w:id="32"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="29"/>
+              <w:commentReference w:id="32"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0117B175" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0117B175" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04FF7AF9" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="04FF7AF9" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="581D4F0A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="581D4F0A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="435E7695" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="435E7695" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A3EDB37" w14:textId="4173ED12" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1A3EDB37" w14:textId="4173ED12" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="560A78C4" w14:textId="02656EDB" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="30"/>
+          <w:p w14:paraId="560A78C4" w14:textId="02656EDB" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="33"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R701</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC7CC3F" w14:textId="191048E0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6AC7CC3F" w14:textId="191048E0" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supply and Install Steel Beam Guide Rail </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>– M30</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF36CF3" w14:textId="6902FEC7" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0DF36CF3" w14:textId="6902FEC7" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="30"/>
+            <w:commentRangeEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="30"/>
+              <w:commentReference w:id="33"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA754A8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4EA754A8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04679B95" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="04679B95" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15C861D9" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="15C861D9" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="516DA994" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="516DA994" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76DC0AEA" w14:textId="4500538C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="76DC0AEA" w14:textId="4500538C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19F8072D" w14:textId="6FC0F767" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="19F8072D" w14:textId="6FC0F767" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R702</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B38030B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5B38030B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Steel Beam Guide Rail Structure Connections</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED99198" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0ED99198" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB32A77" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4BB32A77" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3371048D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3371048D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C86F97" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="11C86F97" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="78893D71" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="78893D71" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56431DE3" w14:textId="219A3384" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="56431DE3" w14:textId="219A3384" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="770F75AB" w14:textId="1C89BB8C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="31"/>
+          <w:p w14:paraId="770F75AB" w14:textId="1C89BB8C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="34"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27221855" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="27221855" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supply and Install Guide Rail End Treatment </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>– MASH SoftStop Terminal System</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="620C4E6B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="620C4E6B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D293B09" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0D293B09" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01CA8BC9" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="01CA8BC9" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52614462" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="52614462" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="4AF0C900" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="4AF0C900" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A16EE0B" w14:textId="7C3A363C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5A16EE0B" w14:textId="7C3A363C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="440700BA" w14:textId="221C4030" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="440700BA" w14:textId="221C4030" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB3AFF8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5BB3AFF8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supply and Install Guide Rail End Treatment </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>– MASH Sequential Kinking Terminal System</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1772931D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1772931D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21828718" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="21828718" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2785691B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2785691B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="441DEBED" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="441DEBED" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="66DC5DA8" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="66DC5DA8" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5121AE80" w14:textId="7782827C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5121AE80" w14:textId="7782827C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="125BE00A" w14:textId="4FEF2324" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="125BE00A" w14:textId="4FEF2324" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69AEADB5" w14:textId="4486B573" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="69AEADB5" w14:textId="4486B573" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supply and Install Guide Rail End Treatment </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>– Entrances and Intersecting Roadways</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4ADCEE" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6D4ADCEE" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C0A910B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6C0A910B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6B3320" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6C6B3320" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="679554A0" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="679554A0" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="1C4FF3D3" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="1C4FF3D3" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BF0C8F7" w14:textId="0BA35565" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1BF0C8F7" w14:textId="0BA35565" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F01E693" w14:textId="4EC25FFD" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2F01E693" w14:textId="4EC25FFD" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76F7687F" w14:textId="44983C3F" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">Treatment </w:t>
+          <w:p w14:paraId="76F7687F" w14:textId="44983C3F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Supply and Install Guide Rail End Treatment </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>– Leaving End Treatment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C70BAD7" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="0C70BAD7" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>each</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="31"/>
+            <w:commentRangeEnd w:id="34"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="31"/>
+              <w:commentReference w:id="34"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BBC7064" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5BBC7064" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6730A58F" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6730A58F" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504C5B1B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="504C5B1B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="5697FF09" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="5697FF09" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E76354" w14:textId="49F7E480" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="54E76354" w14:textId="49F7E480" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BDA5F30" w14:textId="213B1E49" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4BDA5F30" w14:textId="213B1E49" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13828DD4" w14:textId="2B341503" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="13828DD4" w14:textId="2B341503" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bicycle Railing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1287CC3E" w14:textId="173DFB9B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1287CC3E" w14:textId="173DFB9B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB33246" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7EB33246" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9C99C5" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3B9C99C5" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01C3FB9A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="01C3FB9A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="1D3B1747" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="1D3B1747" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6DEA37" w14:textId="340EF4FE" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7A6DEA37" w14:textId="340EF4FE" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0009062F">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65BF2C8D" w14:textId="1596F5C6" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="65BF2C8D" w14:textId="1596F5C6" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R705</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="721CFEB4" w14:textId="4557BFD0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="721CFEB4" w14:textId="4557BFD0" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pedestrian Barricade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D64254B" w14:textId="3FEA2E3E" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5D64254B" w14:textId="3FEA2E3E" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65F78948" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="65F78948" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645A8398" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="645A8398" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F774265" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7F774265" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="5D762E79" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="5D762E79" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65B04218" w14:textId="0B2128B4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="65B04218" w14:textId="0B2128B4" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35E47A45" w14:textId="038E2AAB" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="35E47A45" w14:textId="038E2AAB" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R706</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="193383F5" w14:textId="119D5CF0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="193383F5" w14:textId="119D5CF0" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Temporary Concrete Barriers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="685A0E24" w14:textId="6FC4A980" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="685A0E24" w14:textId="6FC4A980" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61DD677F" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="61DD677F" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05D86CF9" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="05D86CF9" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD94D45" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5AD94D45" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="4EC80AE3" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="4EC80AE3" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E1D311" w14:textId="12232C7A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="19E1D311" w14:textId="12232C7A" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="076AF75D" w14:textId="365554BB" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="076AF75D" w14:textId="365554BB" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R707</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA06980" w14:textId="38DA7492" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2DA06980" w14:textId="38DA7492" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Temporary Concrete Barriers, Relocation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DFC2E9C" w14:textId="66A7883C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7DFC2E9C" w14:textId="66A7883C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E951214" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4E951214" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47E36966" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="47E36966" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4F499D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7A4F499D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="0CCA6644" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="0CCA6644" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6783C95F" w14:textId="2D29F3CD" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6783C95F" w14:textId="2D29F3CD" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45D12431" w14:textId="6D54BF10" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="45D12431" w14:textId="6D54BF10" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R708</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03664E1C" w14:textId="038865DA" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="03664E1C" w14:textId="038865DA" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Attenuator – Temporary – </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CF47A4" w14:textId="0351EDB0" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="06CF47A4" w14:textId="0351EDB0" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58FC0C48" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="58FC0C48" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58701EB7" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="58701EB7" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60573649" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="60573649" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="0336E3F3" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="0336E3F3" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC1E6B7" w14:textId="226B76E2" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4BC1E6B7" w14:textId="226B76E2" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68BCD42B" w14:textId="1F73B184" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="68BCD42B" w14:textId="1F73B184" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F245FB9" w14:textId="687E90DC" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2F245FB9" w14:textId="687E90DC" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Attenuator – Relocation </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2178F77A" w14:textId="61C32474" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2178F77A" w14:textId="61C32474" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38BAD0CC" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="38BAD0CC" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71E8F4E7" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="71E8F4E7" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1108371C" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1108371C" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="55E269F3" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="55E269F3" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18A408D2" w14:textId="16DBAF96" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="18A408D2" w14:textId="16DBAF96" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F30DB2" w14:textId="2149DE63" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="67F30DB2" w14:textId="2149DE63" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R710</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72614259" w14:textId="432419A1" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="72614259" w14:textId="432419A1" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Construction Fence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="183B44A0" w14:textId="5D75B8E1" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="183B44A0" w14:textId="5D75B8E1" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34C45E01" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="34C45E01" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C5728D3" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6C5728D3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66C60609" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="66C60609" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="04ADA068" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="04ADA068" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59A38A7F" w14:textId="6BF95D43" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="59A38A7F" w14:textId="6BF95D43" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="720502B3" w14:textId="6B613F64" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="720502B3" w14:textId="6B613F64" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R711</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="454581B1" w14:textId="2595A4A4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="454581B1" w14:textId="2595A4A4" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Highway Fence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="168D3619" w14:textId="38A2E76F" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="168D3619" w14:textId="38A2E76F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42612BE8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="42612BE8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24DE406B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="24DE406B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5A1A3D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7D5A1A3D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="6F4C8FE5" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="6F4C8FE5" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1FA696" w14:textId="55F71B7E" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6D1FA696" w14:textId="55F71B7E" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7246BAAE" w14:textId="1FA884B8" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7246BAAE" w14:textId="1FA884B8" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R712</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E749E86" w14:textId="005B4670" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1E749E86" w14:textId="005B4670" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chain Link Fence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF23126" w14:textId="29B28B1B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7AF23126" w14:textId="29B28B1B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38548108" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="38548108" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE6DE0F" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1CE6DE0F" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE1AA3B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5FE1AA3B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="1DC0D052" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="1DC0D052" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B991C6" w14:textId="253A7399" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="47B991C6" w14:textId="253A7399" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="351A24AF" w14:textId="371288BC" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="351A24AF" w14:textId="371288BC" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R713</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46FE198D" w14:textId="5E26381A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="46FE198D" w14:textId="5E26381A" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chain Link Gate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D27171B" w14:textId="54D460EA" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1D27171B" w14:textId="54D460EA" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAE3B53" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7FAE3B53" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A26DB28" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5A26DB28" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FB27F0D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1FB27F0D" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="61455E42" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="61455E42" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C28071C" w14:textId="2DBFE299" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2C28071C" w14:textId="2DBFE299" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16A57B4A" w14:textId="6209877D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="16A57B4A" w14:textId="6209877D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R714</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65778F9C" w14:textId="1ED870CB" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="65778F9C" w14:textId="1ED870CB" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wildlife Fence – Large Animals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36CD49AF" w14:textId="47B2662C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="36CD49AF" w14:textId="47B2662C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C909BA2" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7C909BA2" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52AF869E" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="52AF869E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32CC437A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="32CC437A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="0470DE76" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="0470DE76" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11959747" w14:textId="77713323" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="11959747" w14:textId="77713323" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32D93112" w14:textId="64AD7C90" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="32D93112" w14:textId="64AD7C90" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R715</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="513C54CF" w14:textId="011AC9CF" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="513C54CF" w14:textId="011AC9CF" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wildlife Fence – Small Animals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="128E57CD" w14:textId="28113465" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="128E57CD" w14:textId="28113465" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79CB1BB3" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="79CB1BB3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF2A61F" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7FF2A61F" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ADBFC75" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1ADBFC75" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="6D24CA9E" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="6D24CA9E" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0ECC1B" w14:textId="152CBF57" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6A0ECC1B" w14:textId="152CBF57" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050682C">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Renewal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B911AE" w14:textId="1680FA8D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>R716</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE8334D" w14:textId="770517DC" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cast in Place Concrete Barrier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1904EAD0" w14:textId="009E6C00" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>etres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB0FF3B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3C7A2F" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="742851BC" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="7C5EC39E" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8B90E8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0842F325" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B768446" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBD1CE3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0A17CA" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="443F8CBB" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5506AE6F" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="0617617A" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFEC7A7" w14:textId="6D88D66C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54B911AE" w14:textId="1680FA8D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>R716</w:t>
+          <w:p w14:paraId="783E3F36" w14:textId="2A9A99C4" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R801</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE8334D" w14:textId="770517DC" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>Cast in Place Concrete Barrier</w:t>
+          <w:p w14:paraId="070BEA0A" w14:textId="5327D0FE" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Restoration of Topsoil and Sod </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>(Provisional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1904EAD0" w14:textId="009E6C00" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...21 lines deleted...]
-              <w:t>etres</w:t>
+          <w:p w14:paraId="6F1E3901" w14:textId="39897697" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB0FF3B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="757DBE1E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3C7A2F" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="73F36E52" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="742851BC" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5CDC2F81" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="7C5EC39E" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="2C086774" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F8B90E8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="730C8CE1" w14:textId="2599D611" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0842F325" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="43859238" w14:textId="6D763AA7" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R802</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B768446" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="76473932" w14:textId="4B81F35B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Topsoil</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBD1CE3" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="256A1E9D" w14:textId="439CACD4" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>cubic metres</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E0A17CA" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="732532CA" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="443F8CBB" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="751A73B4" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5506AE6F" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="12D5B834" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="0617617A" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="67042932" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BFEC7A7" w14:textId="6D88D66C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:t>Renewal</w:t>
+          <w:p w14:paraId="5AB11D7A" w14:textId="779CACA5" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="783E3F36" w14:textId="2A9A99C4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>R801</w:t>
+          <w:p w14:paraId="57C4B7BF" w14:textId="7C1AD5AE" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R803</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="070BEA0A" w14:textId="5327D0FE" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...22 lines deleted...]
-              <w:t>(Provisional)</w:t>
+          <w:p w14:paraId="30C9FFD7" w14:textId="7CF0337A" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sodding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1E3901" w14:textId="39897697" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5068B2B2" w14:textId="63F350BA" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="757DBE1E" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5B9C3D77" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73F36E52" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="13EEE02A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDC2F81" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4E1A6E3E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="2C086774" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="50435478" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="730C8CE1" w14:textId="2599D611" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="63BEDC84" w14:textId="793CC860" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43859238" w14:textId="6D763AA7" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>R802</w:t>
+          <w:p w14:paraId="2C1E8F71" w14:textId="1C0F65A1" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R804</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76473932" w14:textId="4B81F35B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>Topsoil</w:t>
+          <w:p w14:paraId="2B71B393" w14:textId="3B2CA0F7" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Seeding and Erosion Control Blanket</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="256A1E9D" w14:textId="439CACD4" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...14 lines deleted...]
-              <w:t>cubic metres</w:t>
+          <w:p w14:paraId="4402D9DB" w14:textId="086CCFA2" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>square metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="732532CA" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3C6C7D07" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="751A73B4" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2905408C" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12D5B834" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="498A0DE1" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="67042932" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="37365EA3" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB11D7A" w14:textId="779CACA5" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="31B797E2" w14:textId="2B1192D6" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57C4B7BF" w14:textId="7C1AD5AE" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...13 lines deleted...]
-              <w:t>R803</w:t>
+          <w:p w14:paraId="6B4A979F" w14:textId="2FE7C544" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R805</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30C9FFD7" w14:textId="7CF0337A" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...269 lines deleted...]
-          <w:p w14:paraId="27A7A124" w14:textId="3F3EF248" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="27A7A124" w14:textId="3F3EF248" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Supply and Install Engineered Growing Media for Planting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64DDB360" w14:textId="0C852966" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="64DDB360" w14:textId="0C852966" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>cubic metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="283746CA" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="283746CA" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA36FD9" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6BA36FD9" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7806C812" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7806C812" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="5D9F9C2F" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="5D9F9C2F" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="770684DB" w14:textId="18B36557" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="770684DB" w14:textId="18B36557" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5023CE01" w14:textId="0FD1D2EB" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5023CE01" w14:textId="0FD1D2EB" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R806</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08A2CD5D" w14:textId="10C24E6E" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="08A2CD5D" w14:textId="10C24E6E" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Barrier for </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tree Protection </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68AD29D2" w14:textId="018175CE" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="68AD29D2" w14:textId="018175CE" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="562A509A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="562A509A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="306312B1" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="306312B1" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63D0D59C" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="63D0D59C" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="4C39AA33" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="4C39AA33" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24369825" w14:textId="367EEC40" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="24369825" w14:textId="367EEC40" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D77811B" w14:textId="1858CEAE" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5D77811B" w14:textId="1858CEAE" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R807</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA0D574" w14:textId="4F6EBD6D" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="4CA0D574" w14:textId="4F6EBD6D" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Filter Sock Fib</w:t>
             </w:r>
-            <w:r w:rsidR="0033563A">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>e Rolls – 600 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5129AB84" w14:textId="42A2A3F7" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5129AB84" w14:textId="42A2A3F7" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46A5C1C4" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="46A5C1C4" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60075BBC" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="60075BBC" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15572BD8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="15572BD8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="71DC3523" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="71DC3523" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A34D400" w14:textId="4DCADB34" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3A34D400" w14:textId="4DCADB34" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17B5C7F6" w14:textId="599F40FD" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="17B5C7F6" w14:textId="599F40FD" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R808</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C4F88B" w14:textId="6665D789" w:rsidR="00BB0856" w:rsidRPr="00252164" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="33C4F88B" w14:textId="6665D789" w:rsidR="002A0A56" w:rsidRPr="00252164" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00252164">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Filter Sock Fib</w:t>
             </w:r>
-            <w:r w:rsidR="0033563A">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00252164">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>e Roll Check Dams – 600 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="267FAD9C" w14:textId="12ED9D46" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="267FAD9C" w14:textId="12ED9D46" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B340D98" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0B340D98" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66FA447A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="66FA447A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A21E85E" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="2A21E85E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="529BCB34" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="529BCB34" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D65379D" w14:textId="492F763B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6D65379D" w14:textId="492F763B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F137E7D" w14:textId="1D8A6349" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="5F137E7D" w14:textId="1D8A6349" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R80</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09E87660" w14:textId="6DD63D7B" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="09E87660" w14:textId="6DD63D7B" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Silt Barrier Socks for Catch Basin Inlet Protection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3612091B" w14:textId="4F0188D3" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="3612091B" w14:textId="4F0188D3" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF42E8B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6CF42E8B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EAA6D40" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6EAA6D40" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B2E19AD" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1B2E19AD" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="1E28D0C6" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="1E7069DF" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1292BC4B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3E33D13E" w14:textId="0E8061E3" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F28ED">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="224E5740" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="64EF0C57" w14:textId="3C5DBC13" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R810</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3275E919" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="41B9571F" w14:textId="10530653" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>tructural Soil</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="707C3C6B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7E502137" w14:textId="52FDF316" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>cubic metres</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6926DAFE" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="63173CD4" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12AC2183" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="0D8588FB" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="708E4CE5" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="56E4B13E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0856" w:rsidRPr="00A954D2" w14:paraId="589F1339" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="1E28D0C6" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A2E9A0B" w14:textId="11D14CFC" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="1292BC4B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="224E5740" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3275E919" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707C3C6B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6926DAFE" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12AC2183" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="708E4CE5" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="589F1339" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2E9A0B" w14:textId="11D14CFC" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48D87369" w14:textId="4CB0838C" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="32"/>
+          <w:p w14:paraId="48D87369" w14:textId="4CB0838C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="35"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R901</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="32"/>
-            <w:r w:rsidR="00F46534">
+            <w:commentRangeEnd w:id="35"/>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="32"/>
+              <w:commentReference w:id="35"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32D04DB3" w14:textId="61068384" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="32D04DB3" w14:textId="61068384" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydro-Vac Test Holes </w:t>
             </w:r>
-            <w:r w:rsidR="000F440E">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="0033563A">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">eep) </w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Up to 2 m Deep) </w:t>
             </w:r>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>(Provisional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C419B99" w14:textId="6C0A93E9" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="00BB0856">
+          <w:p w14:paraId="7C419B99" w14:textId="6C0A93E9" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BFB3909" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="7BFB3909" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC8033B" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6FC8033B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6730DD1A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRPr="00A954D2" w:rsidRDefault="00BB0856" w:rsidP="00BB0856">
+          <w:p w14:paraId="6730DD1A" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F440E" w:rsidRPr="00A954D2" w14:paraId="5D264A93" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="5D264A93" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA8820B" w14:textId="64E24C7C" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="1CA8820B" w14:textId="64E24C7C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Renewal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0791B040" w14:textId="6A700091" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="33"/>
+          <w:p w14:paraId="0791B040" w14:textId="6A700091" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R901</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="33"/>
-            <w:r w:rsidR="00F46534">
+            <w:commentRangeEnd w:id="36"/>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="33"/>
+              <w:commentReference w:id="36"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B2328F7" w14:textId="11239F21" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="7B2328F7" w14:textId="11239F21" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydro-Vac Test Holes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 m to 3 m </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2 m to 3 m Deep) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>(Provisional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE781E5" w14:textId="58BAD646" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...28 lines deleted...]
-              <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="626EF2E6" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="626EF2E6" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5569510C" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="5569510C" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44571DFD" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="44571DFD" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F440E" w:rsidRPr="00A954D2" w14:paraId="4FB5A51F" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="4FB5A51F" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="495A5192" w14:textId="73CE4836" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="495A5192" w14:textId="73CE4836" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28F81C31" w14:textId="0CEAA35F" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="34"/>
+          <w:p w14:paraId="28F81C31" w14:textId="0CEAA35F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="37"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R902</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="34"/>
+            <w:commentRangeEnd w:id="37"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="34"/>
+              <w:commentReference w:id="37"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="515E4896" w14:textId="35426DDD" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="515E4896" w14:textId="35426DDD" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Expose Existing Utilities by Hydro-Vac </w:t>
             </w:r>
             <w:r w:rsidRPr="00E726CE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BA187A" w:rsidRPr="00E726CE">
+              <w:t>(Up to 2 m Deep)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E726CE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>U</w:t>
-[...37 lines deleted...]
-              </w:rPr>
               <w:t>(Provisional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29137298" w14:textId="49E220F3" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="29137298" w14:textId="49E220F3" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A1FEB5C" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="6A1FEB5C" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="659526D3" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="659526D3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25FF56E7" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="25FF56E7" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F440E" w:rsidRPr="00A954D2" w14:paraId="7E5FD57F" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="7E5FD57F" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03B97C18" w14:textId="0C37D709" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="03B97C18" w14:textId="0C37D709" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DDA6022" w14:textId="6AA0B979" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="35"/>
+          <w:p w14:paraId="7DDA6022" w14:textId="6AA0B979" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="38"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R902</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="35"/>
+            <w:commentRangeEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="35"/>
+              <w:commentReference w:id="38"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA6FA21" w14:textId="11BA80D1" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="3DA6FA21" w14:textId="11BA80D1" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Expose Existing Utilities by Hydro-Vac </w:t>
             </w:r>
             <w:r w:rsidRPr="00E726CE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t xml:space="preserve">(2 m to 3 m </w:t>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:t>(2 m to 3 m Deep)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>D</w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t>(Provisional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D68E8B" w14:textId="5F148498" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="49D68E8B" w14:textId="5F148498" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47273A12" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="47273A12" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46EB9AA2" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="46EB9AA2" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57980760" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="57980760" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F440E" w:rsidRPr="00A954D2" w14:paraId="189FF4DD" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="189FF4DD" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A865F0B" w14:textId="55413B00" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="3A865F0B" w14:textId="55413B00" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF9059B" w14:textId="32F84B2C" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
-[...7 lines deleted...]
-            <w:commentRangeStart w:id="36"/>
+          <w:p w14:paraId="4FF9059B" w14:textId="32F84B2C" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="39"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R902</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="36"/>
+            <w:commentRangeEnd w:id="39"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="36"/>
+              <w:commentReference w:id="39"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F58F8A2" w14:textId="21DFEE66" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="1F58F8A2" w14:textId="21DFEE66" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Expose Existing Utilities by Hydro-Vac </w:t>
             </w:r>
             <w:r w:rsidRPr="00E726CE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t xml:space="preserve">(3 m to 4 m </w:t>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:t>(3 m to 4 m Deep)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E726CE">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>D</w:t>
+              <w:t xml:space="preserve"> (Provisional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="334712DA" w14:textId="0316DC54" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AB1148" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C2DA0F" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3468A8" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="790DACF2" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A1FDA6" w14:textId="7A0A4117" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8C9EF2" w14:textId="0F730628" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R903</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BA9B5B" w14:textId="57B0B29F" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Unshrinkable Fill </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>(Provisiona</w:t>
             </w:r>
             <w:r w:rsidRPr="00E726CE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>eep)</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> (Provisional)</w:t>
+              <w:t>l)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="334712DA" w14:textId="0316DC54" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="46E6CC32" w14:textId="20F9B822" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>cubic metres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3487B6" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D471A06" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBE27E7" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="5BE2522A" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB0ACA3" w14:textId="0DE50693" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DBB245" w14:textId="3E325C33" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R904</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4752DEBA" w14:textId="095A3CF2" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Insulate Storm Sewer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5137615B" w14:textId="1E85D3FF" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>metres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="549ECD74" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3CBC78" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="141745ED" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="2BF2F672" w14:textId="77777777" w:rsidTr="000F440E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62303313" w14:textId="74BFFCC7" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Construction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E244221" w14:textId="24A57F17" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R905</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0009F137" w14:textId="1BA582A4" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Well Abandonment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18777CF6" w14:textId="0C380791" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48AB1148" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="3B01A2C4" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65C2DA0F" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="48CDFF94" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3468A8" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="21D2B83E" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F440E" w:rsidRPr="00A954D2" w14:paraId="790DACF2" w14:textId="77777777" w:rsidTr="000F440E">
+      <w:tr w:rsidR="002A0A56" w:rsidRPr="00A954D2" w14:paraId="27C3631C" w14:textId="77777777" w:rsidTr="000F440E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57A1FDA6" w14:textId="7A0A4117" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="05162139" w14:textId="2D88795A" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8C9EF2" w14:textId="0F730628" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
-[...13 lines deleted...]
-              <w:t>R903</w:t>
+          <w:p w14:paraId="3D052D3F" w14:textId="0BA64045" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R906</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39BA9B5B" w14:textId="57B0B29F" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
-[...27 lines deleted...]
-              <w:t>l)</w:t>
+          <w:p w14:paraId="0AA5A3CE" w14:textId="4D701E4A" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Remove and Re-Instate Mail and Paper Boxes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46E6CC32" w14:textId="20F9B822" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
-[...14 lines deleted...]
-              <w:t>cubic metres</w:t>
+          <w:p w14:paraId="0F89C81E" w14:textId="27CBBAAF" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A954D2">
+              <w:rPr>
+                <w:rStyle w:val="HeadlineTahoma20ptBold"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>each</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3487B6" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="33CED5CE" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D471A06" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="20ED0E70" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BBE27E7" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
-[...398 lines deleted...]
-          <w:p w14:paraId="414FA6EB" w14:textId="77777777" w:rsidR="000F440E" w:rsidRPr="00A954D2" w:rsidRDefault="000F440E" w:rsidP="000F440E">
+          <w:p w14:paraId="414FA6EB" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRPr="00A954D2" w:rsidRDefault="002A0A56" w:rsidP="002A0A56">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19417F97" w14:textId="051ACC81" w:rsidR="0036628B" w:rsidRDefault="0036628B" w:rsidP="00A954D2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="HeadlineTahoma20ptBold"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C8B61AC" w14:textId="77777777" w:rsidR="0025030B" w:rsidRPr="0025030B" w:rsidRDefault="0025030B" w:rsidP="0025030B">
       <w:pPr>
         <w:ind w:left="-709"/>
@@ -26631,102 +27261,103 @@
       </w:tr>
       <w:tr w:rsidR="00AD2AB2" w:rsidRPr="0025030B" w14:paraId="580A264D" w14:textId="77777777" w:rsidTr="0025030B">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1386" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E9F2378" w14:textId="335C1212" w:rsidR="0025030B" w:rsidRPr="0025030B" w:rsidRDefault="00715CE1" w:rsidP="0025030B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB7CAC">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Renewal</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB7CAC">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidR="0025030B" w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="354B888F" w14:textId="5AFF04C7" w:rsidR="0025030B" w:rsidRPr="0025030B" w:rsidRDefault="0025030B" w:rsidP="0025030B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="37"/>
+            <w:commentRangeStart w:id="40"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R211</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="37"/>
+            <w:commentRangeEnd w:id="40"/>
             <w:r w:rsidR="00F90B14">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="37"/>
+              <w:commentReference w:id="40"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DC2B21D" w14:textId="07E17AE7" w:rsidR="0025030B" w:rsidRPr="0025030B" w:rsidRDefault="0025030B" w:rsidP="0025030B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0076770E">
               <w:t>Pruning of Trees and Woody Vegetation</w:t>
             </w:r>
             <w:r w:rsidRPr="0076770E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
@@ -26855,75 +27486,75 @@
             </w:r>
             <w:r w:rsidR="0025030B" w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4A9B724D" w14:textId="5829C029" w:rsidR="0025030B" w:rsidRPr="0025030B" w:rsidRDefault="0025030B" w:rsidP="0025030B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="38"/>
+            <w:commentRangeStart w:id="41"/>
             <w:r w:rsidRPr="00A954D2">
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="HeadlineTahoma20ptBold"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="38"/>
+            <w:commentRangeEnd w:id="41"/>
             <w:r w:rsidR="00F90B14">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="38"/>
+              <w:commentReference w:id="41"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="487CDC93" w14:textId="109289B8" w:rsidR="0025030B" w:rsidRPr="0025030B" w:rsidRDefault="0025030B" w:rsidP="0025030B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Services of Qualified Tree Professional </w:t>
             </w:r>
             <w:r w:rsidRPr="00E726CE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
@@ -27445,600 +28076,638 @@
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R327 to address the different locations of Granular A.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="11" w:author="Instructions" w:date="2024-08-13T09:05:00Z" w:initials="I">
     <w:p w14:paraId="51E33C7D" w14:textId="77777777" w:rsidR="00D13D2F" w:rsidRDefault="00D13D2F" w:rsidP="00D13D2F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R328 to address the different locations of Granular B.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="12" w:author="Instructions" w:date="2024-08-13T09:06:00Z" w:initials="I">
+  <w:comment w:id="13" w:author="Instructions" w:date="2024-08-13T09:06:00Z" w:initials="I">
     <w:p w14:paraId="735885B4" w14:textId="4FEDE36B" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="0012130C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R407 to address the different sizes of catch basins.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="13" w:author="Instructions" w:date="2024-08-13T09:06:00Z" w:initials="I">
+  <w:comment w:id="14" w:author="Instructions" w:date="2024-08-13T09:06:00Z" w:initials="I">
     <w:p w14:paraId="15391F39" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="0012130C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R408 to address the different sizes of double catch basins.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Instructions" w:date="2024-08-13T09:06:00Z" w:initials="I">
+  <w:comment w:id="15" w:author="Instructions" w:date="2024-08-13T09:06:00Z" w:initials="I">
     <w:p w14:paraId="649833E8" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="0012130C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R409 to address the different sizes of ditch inlets.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="15" w:author="Instructions" w:date="2024-08-13T09:30:00Z" w:initials="I">
+  <w:comment w:id="16" w:author="Instructions" w:date="2024-08-13T09:30:00Z" w:initials="I">
     <w:p w14:paraId="70B270D2" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="000825F0">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R410 to address the different sizes of maintenance holes.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="16" w:author="Instructions" w:date="2024-08-13T09:30:00Z" w:initials="I">
+  <w:comment w:id="17" w:author="Instructions" w:date="2024-08-13T09:30:00Z" w:initials="I">
     <w:p w14:paraId="5E2BA95A" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="000825F0">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R411 to address the different sizes of maintenance hole drop structures.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="17" w:author="Instructions" w:date="2024-08-13T09:30:00Z" w:initials="I">
+  <w:comment w:id="18" w:author="Instructions" w:date="2024-08-13T09:30:00Z" w:initials="I">
     <w:p w14:paraId="6C815FDA" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="000825F0">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R413 to address the different sizes of oil/grit separators.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="18" w:author="Instructions" w:date="2024-08-13T09:31:00Z" w:initials="I">
-    <w:p w14:paraId="4DFF1C56" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="000825F0">
+  <w:comment w:id="19" w:author="Instructions" w:date="2024-08-13T09:31:00Z" w:initials="I">
+    <w:p w14:paraId="4DFF1C56" w14:textId="6218CA4B" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="000825F0">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R414 to address the different sizes and types of storm sewer with bedding/backfill particulars.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="19" w:author="Instructions" w:date="2024-08-13T09:31:00Z" w:initials="I">
+  <w:comment w:id="20" w:author="Instructions" w:date="2024-08-13T09:31:00Z" w:initials="I">
     <w:p w14:paraId="314016D4" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="000825F0">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R414 to address the different sizes and types of storm sewer with bedding/backfill particulars.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="20" w:author="Instructions" w:date="2024-08-13T09:32:00Z" w:initials="I">
+  <w:comment w:id="21" w:author="Instructions" w:date="2024-08-13T09:32:00Z" w:initials="I">
     <w:p w14:paraId="1AF6DF01" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="000825F0">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R416 to address the different locations.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="21" w:author="Instructions" w:date="2024-08-13T09:29:00Z" w:initials="I">
-    <w:p w14:paraId="6DAEE1B5" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="00B45222">
+  <w:comment w:id="22" w:author="Instructions" w:date="2025-11-12T14:00:00Z" w:initials="I">
+    <w:p w14:paraId="15CA431C" w14:textId="77777777" w:rsidR="00121662" w:rsidRDefault="00121662" w:rsidP="00121662">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Designer Note: Enter as many rows as required for Item R421 to address the different sizes of driveway culverts.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="23" w:author="Instructions" w:date="2024-08-13T09:29:00Z" w:initials="I">
+    <w:p w14:paraId="6DAEE1B5" w14:textId="462282F2" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="00B45222">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R422 to address the different locations.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="22" w:author="Instructions" w:date="2024-08-13T09:29:00Z" w:initials="I">
+  <w:comment w:id="24" w:author="Instructions" w:date="2024-08-13T09:29:00Z" w:initials="I">
     <w:p w14:paraId="2400078D" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="00B45222">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R423 to address the different sizes, material and class of road culverts.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="23" w:author="Instructions" w:date="2024-08-13T09:28:00Z" w:initials="I">
+  <w:comment w:id="25" w:author="Instructions" w:date="2024-08-13T09:28:00Z" w:initials="I">
     <w:p w14:paraId="16BD4E17" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="00B45222">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R424 to address the different locations.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="24" w:author="Instructions" w:date="2024-08-13T09:28:00Z" w:initials="I">
+  <w:comment w:id="26" w:author="Instructions" w:date="2024-08-13T09:28:00Z" w:initials="I">
     <w:p w14:paraId="25AD4E50" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="00B45222">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R425 to address the different locations.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="25" w:author="Instructions" w:date="2024-08-13T09:08:00Z" w:initials="I">
-    <w:p w14:paraId="742D0AAC" w14:textId="6105B820" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="0000519D">
+  <w:comment w:id="27" w:author="Instructions" w:date="2025-11-11T12:52:00Z" w:initials="I">
+    <w:p w14:paraId="415F30D6" w14:textId="77777777" w:rsidR="00C2227E" w:rsidRDefault="00C2227E" w:rsidP="00C2227E">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Designer Note: Enter as many rows as required for Item R427 to address the different pipe sizes.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="28" w:author="Instructions" w:date="2024-08-13T09:08:00Z" w:initials="I">
+    <w:p w14:paraId="742D0AAC" w14:textId="25E330DC" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="0000519D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: For a single stage milling operation, use Item R530 only and delete Item R531. For a two stage milling operation, use both Items R530 and R531.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="26" w:author="Instructions" w:date="2024-08-13T09:27:00Z" w:initials="I">
-[...48 lines deleted...]
-    <w:p w14:paraId="0ABC46F3" w14:textId="77777777" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="000825F0">
+  <w:comment w:id="29" w:author="Instructions" w:date="2024-08-13T09:27:00Z" w:initials="I">
+    <w:p w14:paraId="729F59BB" w14:textId="50154563" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="00F90B14">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R701 to address the different types of steel beam guiderail to be installed.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="30" w:author="Instructions" w:date="2024-08-13T09:35:00Z" w:initials="I">
-    <w:p w14:paraId="354CA274" w14:textId="76E84F81" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="000825F0">
+    <w:p w14:paraId="1F18D69B" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="000825F0">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R701 to address the different types of steel beam guiderail to be installed.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="31" w:author="Instructions" w:date="2024-08-13T09:23:00Z" w:initials="I">
-    <w:p w14:paraId="53C2D739" w14:textId="0D9A1225" w:rsidR="00BB0856" w:rsidRDefault="00BB0856" w:rsidP="00F90B14">
+  <w:comment w:id="31" w:author="Instructions" w:date="2024-08-13T09:35:00Z" w:initials="I">
+    <w:p w14:paraId="15AAC9F3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="000825F0">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Designer Note: Enter as many rows as required for Item R701 to address the different types of steel beam guiderail to be installed.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="32" w:author="Instructions" w:date="2024-08-13T09:35:00Z" w:initials="I">
+    <w:p w14:paraId="0ABC46F3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="000825F0">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Designer Note: Enter as many rows as required for Item R701 to address the different types of steel beam guiderail to be installed.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="33" w:author="Instructions" w:date="2024-08-13T09:35:00Z" w:initials="I">
+    <w:p w14:paraId="354CA274" w14:textId="76E84F81" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="000825F0">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Designer Note: Enter as many rows as required for Item R701 to address the different types of steel beam guiderail to be installed.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="34" w:author="Instructions" w:date="2024-08-13T09:23:00Z" w:initials="I">
+    <w:p w14:paraId="53C2D739" w14:textId="0D9A1225" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="00F90B14">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R703 to address the different types of end treatments to be installed.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="32" w:author="Instructions" w:date="2025-07-31T11:38:00Z" w:initials="I">
-    <w:p w14:paraId="4D5D26C3" w14:textId="77777777" w:rsidR="00800562" w:rsidRDefault="00F46534" w:rsidP="00800562">
+  <w:comment w:id="35" w:author="Instructions" w:date="2025-07-31T11:38:00Z" w:initials="I">
+    <w:p w14:paraId="4D5D26C3" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="00800562">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00800562">
+      <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R901 to address the different depths required.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="33" w:author="Instructions" w:date="2025-07-31T11:38:00Z" w:initials="I">
-    <w:p w14:paraId="7033CCCC" w14:textId="77777777" w:rsidR="00F168C8" w:rsidRDefault="00F46534" w:rsidP="00F168C8">
+  <w:comment w:id="36" w:author="Instructions" w:date="2025-07-31T11:38:00Z" w:initials="I">
+    <w:p w14:paraId="7033CCCC" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="00F168C8">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00F168C8">
+      <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R901 to address the different depths required.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="34" w:author="Instructions" w:date="2024-08-13T09:22:00Z" w:initials="I">
-    <w:p w14:paraId="5A2020AF" w14:textId="483365B7" w:rsidR="000F440E" w:rsidRDefault="000F440E" w:rsidP="00F90B14">
+  <w:comment w:id="37" w:author="Instructions" w:date="2024-08-13T09:22:00Z" w:initials="I">
+    <w:p w14:paraId="5A2020AF" w14:textId="483365B7" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="00F90B14">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R902 to address the different depths required.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="35" w:author="Instructions" w:date="2024-08-13T09:21:00Z" w:initials="I">
-    <w:p w14:paraId="78697AC7" w14:textId="77777777" w:rsidR="000F440E" w:rsidRDefault="000F440E" w:rsidP="00F90B14">
+  <w:comment w:id="38" w:author="Instructions" w:date="2024-08-13T09:21:00Z" w:initials="I">
+    <w:p w14:paraId="78697AC7" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="00F90B14">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R902 to address the different depths required.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="36" w:author="Instructions" w:date="2024-08-13T09:22:00Z" w:initials="I">
-    <w:p w14:paraId="180D4A04" w14:textId="77777777" w:rsidR="000F440E" w:rsidRDefault="000F440E" w:rsidP="00F90B14">
+  <w:comment w:id="39" w:author="Instructions" w:date="2024-08-13T09:22:00Z" w:initials="I">
+    <w:p w14:paraId="180D4A04" w14:textId="77777777" w:rsidR="002A0A56" w:rsidRDefault="002A0A56" w:rsidP="00F90B14">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Enter as many rows as required for Item R902 to address the different depths required.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="37" w:author="Instructions" w:date="2024-08-13T09:20:00Z" w:initials="I">
+  <w:comment w:id="40" w:author="Instructions" w:date="2024-08-13T09:20:00Z" w:initials="I">
     <w:p w14:paraId="27AD206F" w14:textId="77777777" w:rsidR="00F90B14" w:rsidRDefault="00F90B14" w:rsidP="00F90B14">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Seek input from Forestry on estimated cash allowance.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="38" w:author="Instructions" w:date="2024-08-13T09:21:00Z" w:initials="I">
+  <w:comment w:id="41" w:author="Instructions" w:date="2024-08-13T09:21:00Z" w:initials="I">
     <w:p w14:paraId="1F03D69B" w14:textId="77777777" w:rsidR="00F90B14" w:rsidRDefault="00F90B14" w:rsidP="00F90B14">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Seek input from Forestry on estimated cash allowance.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="17CC768D" w15:done="0"/>
   <w15:commentEx w15:paraId="075D2558" w15:done="0"/>
   <w15:commentEx w15:paraId="1D7FE72E" w15:done="0"/>
   <w15:commentEx w15:paraId="35E61A5C" w15:done="0"/>
   <w15:commentEx w15:paraId="5229D117" w15:done="0"/>
   <w15:commentEx w15:paraId="34257F34" w15:done="0"/>
   <w15:commentEx w15:paraId="614907DC" w15:done="0"/>
   <w15:commentEx w15:paraId="49512F4B" w15:done="0"/>
   <w15:commentEx w15:paraId="32593226" w15:done="0"/>
   <w15:commentEx w15:paraId="4438CF03" w15:done="0"/>
   <w15:commentEx w15:paraId="6A0AB4F9" w15:done="0"/>
   <w15:commentEx w15:paraId="51E33C7D" w15:done="0"/>
   <w15:commentEx w15:paraId="735885B4" w15:done="0"/>
   <w15:commentEx w15:paraId="15391F39" w15:done="0"/>
   <w15:commentEx w15:paraId="649833E8" w15:done="0"/>
   <w15:commentEx w15:paraId="70B270D2" w15:done="0"/>
   <w15:commentEx w15:paraId="5E2BA95A" w15:done="0"/>
   <w15:commentEx w15:paraId="6C815FDA" w15:done="0"/>
   <w15:commentEx w15:paraId="4DFF1C56" w15:done="0"/>
   <w15:commentEx w15:paraId="314016D4" w15:done="0"/>
   <w15:commentEx w15:paraId="1AF6DF01" w15:done="0"/>
+  <w15:commentEx w15:paraId="15CA431C" w15:done="0"/>
   <w15:commentEx w15:paraId="6DAEE1B5" w15:done="0"/>
   <w15:commentEx w15:paraId="2400078D" w15:done="0"/>
   <w15:commentEx w15:paraId="16BD4E17" w15:done="0"/>
   <w15:commentEx w15:paraId="25AD4E50" w15:done="0"/>
+  <w15:commentEx w15:paraId="415F30D6" w15:done="0"/>
   <w15:commentEx w15:paraId="742D0AAC" w15:done="0"/>
   <w15:commentEx w15:paraId="729F59BB" w15:done="0"/>
   <w15:commentEx w15:paraId="1F18D69B" w15:done="0"/>
   <w15:commentEx w15:paraId="15AAC9F3" w15:done="0"/>
   <w15:commentEx w15:paraId="0ABC46F3" w15:done="0"/>
   <w15:commentEx w15:paraId="354CA274" w15:done="0"/>
   <w15:commentEx w15:paraId="53C2D739" w15:done="0"/>
   <w15:commentEx w15:paraId="4D5D26C3" w15:done="0"/>
   <w15:commentEx w15:paraId="7033CCCC" w15:done="0"/>
   <w15:commentEx w15:paraId="5A2020AF" w15:done="0"/>
   <w15:commentEx w15:paraId="78697AC7" w15:done="0"/>
   <w15:commentEx w15:paraId="180D4A04" w15:done="0"/>
   <w15:commentEx w15:paraId="27AD206F" w15:done="0"/>
   <w15:commentEx w15:paraId="1F03D69B" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="2A5E335D" w16cex:dateUtc="2024-08-07T21:54:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A659F61" w16cex:dateUtc="2024-08-13T13:01:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A659F0E" w16cex:dateUtc="2024-08-13T12:59:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A659EF1" w16cex:dateUtc="2024-08-13T12:59:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A659F31" w16cex:dateUtc="2024-08-13T13:00:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A659FA2" w16cex:dateUtc="2024-08-13T13:02:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A659FB6" w16cex:dateUtc="2024-08-13T13:02:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A659FF2" w16cex:dateUtc="2024-08-13T13:03:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A659FCF" w16cex:dateUtc="2024-08-13T13:03:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A021" w16cex:dateUtc="2024-08-13T13:04:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A058" w16cex:dateUtc="2024-08-13T13:05:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A069" w16cex:dateUtc="2024-08-13T13:05:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A083" w16cex:dateUtc="2024-08-13T13:06:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A099" w16cex:dateUtc="2024-08-13T13:06:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A0B3" w16cex:dateUtc="2024-08-13T13:06:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A620" w16cex:dateUtc="2024-08-13T13:30:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A63A" w16cex:dateUtc="2024-08-13T13:30:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A64C" w16cex:dateUtc="2024-08-13T13:30:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A668" w16cex:dateUtc="2024-08-13T13:31:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A67E" w16cex:dateUtc="2024-08-13T13:31:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A6A0" w16cex:dateUtc="2024-08-13T13:32:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="1ECE302A" w16cex:dateUtc="2025-11-12T19:00:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A5FE" w16cex:dateUtc="2024-08-13T13:29:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A5EA" w16cex:dateUtc="2024-08-13T13:29:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A5D7" w16cex:dateUtc="2024-08-13T13:28:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A5C3" w16cex:dateUtc="2024-08-13T13:28:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="3DB0294B" w16cex:dateUtc="2025-11-11T17:52:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A10D" w16cex:dateUtc="2024-08-13T13:08:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A58A" w16cex:dateUtc="2024-08-13T13:27:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A74C" w16cex:dateUtc="2024-08-13T13:35:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A753" w16cex:dateUtc="2024-08-13T13:35:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A761" w16cex:dateUtc="2024-08-13T13:35:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A75B" w16cex:dateUtc="2024-08-13T13:35:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A497" w16cex:dateUtc="2024-08-13T13:23:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="5EBEF965" w16cex:dateUtc="2025-07-31T15:38:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="5E4A24EA" w16cex:dateUtc="2025-07-31T15:38:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A45B" w16cex:dateUtc="2024-08-13T13:22:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A421" w16cex:dateUtc="2024-08-13T13:21:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A470" w16cex:dateUtc="2024-08-13T13:22:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A3F3" w16cex:dateUtc="2024-08-13T13:20:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65A407" w16cex:dateUtc="2024-08-13T13:21:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="17CC768D" w16cid:durableId="2A5E335D"/>
   <w16cid:commentId w16cid:paraId="075D2558" w16cid:durableId="2A659F61"/>
   <w16cid:commentId w16cid:paraId="1D7FE72E" w16cid:durableId="2A659F0E"/>
   <w16cid:commentId w16cid:paraId="35E61A5C" w16cid:durableId="2A659EF1"/>
   <w16cid:commentId w16cid:paraId="5229D117" w16cid:durableId="2A659F31"/>
   <w16cid:commentId w16cid:paraId="34257F34" w16cid:durableId="2A659FA2"/>
   <w16cid:commentId w16cid:paraId="614907DC" w16cid:durableId="2A659FB6"/>
   <w16cid:commentId w16cid:paraId="49512F4B" w16cid:durableId="2A659FF2"/>
   <w16cid:commentId w16cid:paraId="32593226" w16cid:durableId="2A659FCF"/>
   <w16cid:commentId w16cid:paraId="4438CF03" w16cid:durableId="2A65A021"/>
   <w16cid:commentId w16cid:paraId="6A0AB4F9" w16cid:durableId="2A65A058"/>
   <w16cid:commentId w16cid:paraId="51E33C7D" w16cid:durableId="2A65A069"/>
   <w16cid:commentId w16cid:paraId="735885B4" w16cid:durableId="2A65A083"/>
   <w16cid:commentId w16cid:paraId="15391F39" w16cid:durableId="2A65A099"/>
   <w16cid:commentId w16cid:paraId="649833E8" w16cid:durableId="2A65A0B3"/>
   <w16cid:commentId w16cid:paraId="70B270D2" w16cid:durableId="2A65A620"/>
   <w16cid:commentId w16cid:paraId="5E2BA95A" w16cid:durableId="2A65A63A"/>
   <w16cid:commentId w16cid:paraId="6C815FDA" w16cid:durableId="2A65A64C"/>
   <w16cid:commentId w16cid:paraId="4DFF1C56" w16cid:durableId="2A65A668"/>
   <w16cid:commentId w16cid:paraId="314016D4" w16cid:durableId="2A65A67E"/>
   <w16cid:commentId w16cid:paraId="1AF6DF01" w16cid:durableId="2A65A6A0"/>
+  <w16cid:commentId w16cid:paraId="15CA431C" w16cid:durableId="1ECE302A"/>
   <w16cid:commentId w16cid:paraId="6DAEE1B5" w16cid:durableId="2A65A5FE"/>
   <w16cid:commentId w16cid:paraId="2400078D" w16cid:durableId="2A65A5EA"/>
   <w16cid:commentId w16cid:paraId="16BD4E17" w16cid:durableId="2A65A5D7"/>
   <w16cid:commentId w16cid:paraId="25AD4E50" w16cid:durableId="2A65A5C3"/>
+  <w16cid:commentId w16cid:paraId="415F30D6" w16cid:durableId="3DB0294B"/>
   <w16cid:commentId w16cid:paraId="742D0AAC" w16cid:durableId="2A65A10D"/>
   <w16cid:commentId w16cid:paraId="729F59BB" w16cid:durableId="2A65A58A"/>
   <w16cid:commentId w16cid:paraId="1F18D69B" w16cid:durableId="2A65A74C"/>
   <w16cid:commentId w16cid:paraId="15AAC9F3" w16cid:durableId="2A65A753"/>
   <w16cid:commentId w16cid:paraId="0ABC46F3" w16cid:durableId="2A65A761"/>
   <w16cid:commentId w16cid:paraId="354CA274" w16cid:durableId="2A65A75B"/>
   <w16cid:commentId w16cid:paraId="53C2D739" w16cid:durableId="2A65A497"/>
   <w16cid:commentId w16cid:paraId="4D5D26C3" w16cid:durableId="5EBEF965"/>
   <w16cid:commentId w16cid:paraId="7033CCCC" w16cid:durableId="5E4A24EA"/>
   <w16cid:commentId w16cid:paraId="5A2020AF" w16cid:durableId="2A65A45B"/>
   <w16cid:commentId w16cid:paraId="78697AC7" w16cid:durableId="2A65A421"/>
   <w16cid:commentId w16cid:paraId="180D4A04" w16cid:durableId="2A65A470"/>
   <w16cid:commentId w16cid:paraId="27AD206F" w16cid:durableId="2A65A3F3"/>
   <w16cid:commentId w16cid:paraId="1F03D69B" w16cid:durableId="2A65A407"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="657A7F56" w14:textId="77777777" w:rsidR="00A808C0" w:rsidRDefault="00A808C0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -28052,51 +28721,51 @@
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
@@ -30785,478 +31454,531 @@
   <w:num w:numId="32" w16cid:durableId="604271181">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="193229989">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1131898621">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="538588643">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Instructions">
     <w15:presenceInfo w15:providerId="None" w15:userId="Instructions"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="101"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00815A45"/>
     <w:rsid w:val="0000519D"/>
+    <w:rsid w:val="00007A8F"/>
     <w:rsid w:val="00013D6C"/>
+    <w:rsid w:val="00016BCE"/>
     <w:rsid w:val="000212E8"/>
     <w:rsid w:val="000215B8"/>
     <w:rsid w:val="00033559"/>
     <w:rsid w:val="000344EC"/>
     <w:rsid w:val="00036922"/>
+    <w:rsid w:val="00036C2E"/>
+    <w:rsid w:val="000529E8"/>
+    <w:rsid w:val="00053E27"/>
     <w:rsid w:val="000557B3"/>
     <w:rsid w:val="00055AFA"/>
     <w:rsid w:val="00065C59"/>
     <w:rsid w:val="00073E95"/>
     <w:rsid w:val="000825F0"/>
     <w:rsid w:val="0009062F"/>
     <w:rsid w:val="00090759"/>
     <w:rsid w:val="00096C6B"/>
     <w:rsid w:val="000A7BA1"/>
+    <w:rsid w:val="000B2396"/>
     <w:rsid w:val="000B4A73"/>
+    <w:rsid w:val="000B5556"/>
     <w:rsid w:val="000C4111"/>
     <w:rsid w:val="000D44C1"/>
     <w:rsid w:val="000D47AD"/>
     <w:rsid w:val="000D5E5E"/>
     <w:rsid w:val="000E1892"/>
     <w:rsid w:val="000F440E"/>
     <w:rsid w:val="000F5A20"/>
     <w:rsid w:val="00107EA2"/>
     <w:rsid w:val="00115963"/>
     <w:rsid w:val="0012130C"/>
+    <w:rsid w:val="00121662"/>
     <w:rsid w:val="00121E92"/>
     <w:rsid w:val="00124BA0"/>
     <w:rsid w:val="00135F36"/>
     <w:rsid w:val="0013753F"/>
     <w:rsid w:val="00157AA2"/>
     <w:rsid w:val="00160AD2"/>
+    <w:rsid w:val="00164207"/>
+    <w:rsid w:val="00184CCC"/>
     <w:rsid w:val="00192382"/>
     <w:rsid w:val="00192F55"/>
     <w:rsid w:val="001945F1"/>
     <w:rsid w:val="001A1BD7"/>
     <w:rsid w:val="001A21BD"/>
+    <w:rsid w:val="001A4618"/>
     <w:rsid w:val="001A533A"/>
     <w:rsid w:val="001A5E0B"/>
     <w:rsid w:val="001B3F8B"/>
     <w:rsid w:val="001B76EB"/>
     <w:rsid w:val="001C1CD2"/>
     <w:rsid w:val="001E0660"/>
     <w:rsid w:val="001E3778"/>
+    <w:rsid w:val="001E591F"/>
     <w:rsid w:val="001E6E0B"/>
     <w:rsid w:val="001F2B63"/>
     <w:rsid w:val="00205378"/>
+    <w:rsid w:val="002066DA"/>
     <w:rsid w:val="00212D9D"/>
+    <w:rsid w:val="00237FAA"/>
     <w:rsid w:val="002412BB"/>
     <w:rsid w:val="0024444E"/>
     <w:rsid w:val="00246DE0"/>
     <w:rsid w:val="0025030B"/>
     <w:rsid w:val="00252164"/>
     <w:rsid w:val="00252DE6"/>
+    <w:rsid w:val="00254475"/>
     <w:rsid w:val="0025531C"/>
     <w:rsid w:val="0025688F"/>
     <w:rsid w:val="00282D8E"/>
     <w:rsid w:val="00285570"/>
+    <w:rsid w:val="00285E7A"/>
     <w:rsid w:val="00286A59"/>
     <w:rsid w:val="00293C77"/>
     <w:rsid w:val="00295F2A"/>
     <w:rsid w:val="002975A7"/>
+    <w:rsid w:val="002A0A56"/>
     <w:rsid w:val="002A3167"/>
     <w:rsid w:val="002A34AA"/>
+    <w:rsid w:val="002A466F"/>
     <w:rsid w:val="002B7104"/>
+    <w:rsid w:val="002D1D2A"/>
     <w:rsid w:val="002D37C3"/>
     <w:rsid w:val="002D4D2F"/>
     <w:rsid w:val="002E3FBA"/>
     <w:rsid w:val="002E4A96"/>
     <w:rsid w:val="002E5615"/>
     <w:rsid w:val="002F0B9F"/>
     <w:rsid w:val="00305A57"/>
     <w:rsid w:val="0031203B"/>
     <w:rsid w:val="00317CB8"/>
     <w:rsid w:val="0032755D"/>
     <w:rsid w:val="00327DE7"/>
     <w:rsid w:val="003301B7"/>
     <w:rsid w:val="003329C2"/>
     <w:rsid w:val="0033563A"/>
     <w:rsid w:val="00336FE7"/>
     <w:rsid w:val="00337E47"/>
     <w:rsid w:val="00341795"/>
+    <w:rsid w:val="003475FA"/>
     <w:rsid w:val="00351923"/>
     <w:rsid w:val="003607D4"/>
     <w:rsid w:val="00361375"/>
     <w:rsid w:val="00364AFA"/>
     <w:rsid w:val="0036628B"/>
     <w:rsid w:val="003738F5"/>
     <w:rsid w:val="00376042"/>
     <w:rsid w:val="003760C9"/>
     <w:rsid w:val="00376E26"/>
     <w:rsid w:val="00380877"/>
     <w:rsid w:val="00391C6F"/>
+    <w:rsid w:val="003949CC"/>
     <w:rsid w:val="003951EE"/>
     <w:rsid w:val="00396E01"/>
     <w:rsid w:val="003A262A"/>
     <w:rsid w:val="003A5378"/>
     <w:rsid w:val="003B5C62"/>
     <w:rsid w:val="003C2C56"/>
     <w:rsid w:val="003C692F"/>
     <w:rsid w:val="003D0E5A"/>
     <w:rsid w:val="003D19C1"/>
     <w:rsid w:val="003D27B0"/>
     <w:rsid w:val="003F4D8B"/>
     <w:rsid w:val="003F5229"/>
     <w:rsid w:val="003F6D54"/>
     <w:rsid w:val="00412CE3"/>
+    <w:rsid w:val="004131C4"/>
     <w:rsid w:val="004173CD"/>
+    <w:rsid w:val="00417C10"/>
     <w:rsid w:val="00422079"/>
     <w:rsid w:val="00425974"/>
     <w:rsid w:val="00425FAE"/>
+    <w:rsid w:val="004309EA"/>
     <w:rsid w:val="00436456"/>
     <w:rsid w:val="004411A2"/>
     <w:rsid w:val="004568F2"/>
     <w:rsid w:val="00461ED3"/>
     <w:rsid w:val="00462EC2"/>
     <w:rsid w:val="00466D1D"/>
     <w:rsid w:val="004701F5"/>
     <w:rsid w:val="004705B6"/>
     <w:rsid w:val="004807C5"/>
     <w:rsid w:val="00483F37"/>
     <w:rsid w:val="004849F6"/>
     <w:rsid w:val="00496170"/>
     <w:rsid w:val="00496AC1"/>
     <w:rsid w:val="00496D5D"/>
     <w:rsid w:val="004A5C3C"/>
     <w:rsid w:val="004B0DB7"/>
     <w:rsid w:val="004B192B"/>
     <w:rsid w:val="004B6841"/>
     <w:rsid w:val="004C6ABA"/>
     <w:rsid w:val="004E067B"/>
+    <w:rsid w:val="0050682C"/>
     <w:rsid w:val="00516BB1"/>
     <w:rsid w:val="00520BD2"/>
     <w:rsid w:val="00521981"/>
     <w:rsid w:val="00522551"/>
     <w:rsid w:val="005242F8"/>
     <w:rsid w:val="005300EF"/>
     <w:rsid w:val="00534B2C"/>
     <w:rsid w:val="0054309D"/>
     <w:rsid w:val="00552CD2"/>
     <w:rsid w:val="00554852"/>
     <w:rsid w:val="005714D2"/>
+    <w:rsid w:val="005746CB"/>
     <w:rsid w:val="00574853"/>
     <w:rsid w:val="00574E48"/>
     <w:rsid w:val="00575498"/>
     <w:rsid w:val="00586639"/>
     <w:rsid w:val="00593FBA"/>
     <w:rsid w:val="005A12E0"/>
     <w:rsid w:val="005A1A07"/>
+    <w:rsid w:val="005A55A6"/>
     <w:rsid w:val="005B660F"/>
     <w:rsid w:val="005B6668"/>
     <w:rsid w:val="005C0D66"/>
     <w:rsid w:val="005C5E0D"/>
     <w:rsid w:val="005D4BF3"/>
     <w:rsid w:val="005D7A67"/>
     <w:rsid w:val="005E1727"/>
     <w:rsid w:val="005E5F33"/>
     <w:rsid w:val="005F051D"/>
     <w:rsid w:val="005F2542"/>
     <w:rsid w:val="005F5487"/>
     <w:rsid w:val="006008B7"/>
     <w:rsid w:val="00604533"/>
     <w:rsid w:val="00606969"/>
     <w:rsid w:val="00621CD3"/>
     <w:rsid w:val="00630F6B"/>
     <w:rsid w:val="00633125"/>
     <w:rsid w:val="0063491E"/>
     <w:rsid w:val="006447DF"/>
     <w:rsid w:val="006452E7"/>
     <w:rsid w:val="00646415"/>
     <w:rsid w:val="006722F1"/>
     <w:rsid w:val="00686DC6"/>
     <w:rsid w:val="00694246"/>
     <w:rsid w:val="0069756C"/>
     <w:rsid w:val="006A24DE"/>
     <w:rsid w:val="006A4486"/>
     <w:rsid w:val="006A60D5"/>
     <w:rsid w:val="006B175D"/>
     <w:rsid w:val="006B5652"/>
+    <w:rsid w:val="006B7CAA"/>
     <w:rsid w:val="006C0212"/>
     <w:rsid w:val="006C1261"/>
     <w:rsid w:val="006C2F36"/>
     <w:rsid w:val="006C4B5F"/>
     <w:rsid w:val="006D3374"/>
     <w:rsid w:val="006E2F5E"/>
     <w:rsid w:val="006E363D"/>
     <w:rsid w:val="006E597A"/>
+    <w:rsid w:val="006F27A2"/>
+    <w:rsid w:val="006F28ED"/>
     <w:rsid w:val="00704914"/>
     <w:rsid w:val="007143D9"/>
     <w:rsid w:val="00715993"/>
     <w:rsid w:val="00715CE1"/>
     <w:rsid w:val="0072553C"/>
     <w:rsid w:val="00740151"/>
     <w:rsid w:val="00747837"/>
     <w:rsid w:val="0076083C"/>
     <w:rsid w:val="0076770E"/>
     <w:rsid w:val="007749DB"/>
     <w:rsid w:val="00782826"/>
     <w:rsid w:val="0079360A"/>
     <w:rsid w:val="007A3F9B"/>
     <w:rsid w:val="007A5578"/>
     <w:rsid w:val="007B22CF"/>
     <w:rsid w:val="007B794C"/>
     <w:rsid w:val="007B7EFA"/>
     <w:rsid w:val="007D00D9"/>
     <w:rsid w:val="007D3B4D"/>
     <w:rsid w:val="007D6840"/>
     <w:rsid w:val="007F24DD"/>
     <w:rsid w:val="008003A3"/>
     <w:rsid w:val="00800562"/>
     <w:rsid w:val="00801070"/>
     <w:rsid w:val="0080494A"/>
     <w:rsid w:val="00815A45"/>
     <w:rsid w:val="00815BCE"/>
     <w:rsid w:val="008174ED"/>
     <w:rsid w:val="0082285B"/>
     <w:rsid w:val="00825AC6"/>
     <w:rsid w:val="0082694C"/>
+    <w:rsid w:val="0083061F"/>
     <w:rsid w:val="00830DE9"/>
     <w:rsid w:val="00832CF8"/>
     <w:rsid w:val="008352F6"/>
     <w:rsid w:val="00835FE8"/>
     <w:rsid w:val="008419A8"/>
+    <w:rsid w:val="00852923"/>
+    <w:rsid w:val="00852F01"/>
     <w:rsid w:val="00854737"/>
     <w:rsid w:val="00860A2A"/>
+    <w:rsid w:val="00865267"/>
     <w:rsid w:val="00865552"/>
     <w:rsid w:val="008731D1"/>
     <w:rsid w:val="00880CF2"/>
     <w:rsid w:val="00882DC0"/>
     <w:rsid w:val="0088376C"/>
     <w:rsid w:val="008839E4"/>
     <w:rsid w:val="00890D55"/>
     <w:rsid w:val="0089576C"/>
     <w:rsid w:val="008A4671"/>
     <w:rsid w:val="008B68B8"/>
     <w:rsid w:val="008C0276"/>
     <w:rsid w:val="008C119D"/>
     <w:rsid w:val="008C6288"/>
     <w:rsid w:val="008D0A5D"/>
     <w:rsid w:val="008D43D3"/>
     <w:rsid w:val="008D4CC7"/>
     <w:rsid w:val="008E641F"/>
     <w:rsid w:val="008F31BA"/>
     <w:rsid w:val="009163E3"/>
     <w:rsid w:val="00923AF9"/>
     <w:rsid w:val="00927B6B"/>
     <w:rsid w:val="009333DA"/>
     <w:rsid w:val="009470CB"/>
     <w:rsid w:val="009601A3"/>
     <w:rsid w:val="00961C8E"/>
     <w:rsid w:val="00965EEC"/>
     <w:rsid w:val="0097320B"/>
     <w:rsid w:val="00977D32"/>
     <w:rsid w:val="00983E1A"/>
+    <w:rsid w:val="00985704"/>
     <w:rsid w:val="009924A0"/>
     <w:rsid w:val="0099447B"/>
+    <w:rsid w:val="009A3D3B"/>
     <w:rsid w:val="009C3F90"/>
+    <w:rsid w:val="009C6DF6"/>
     <w:rsid w:val="009E47F0"/>
     <w:rsid w:val="009E672B"/>
     <w:rsid w:val="009F35A6"/>
     <w:rsid w:val="009F38C8"/>
+    <w:rsid w:val="00A04483"/>
+    <w:rsid w:val="00A10B5C"/>
     <w:rsid w:val="00A132F0"/>
     <w:rsid w:val="00A20318"/>
+    <w:rsid w:val="00A235B4"/>
     <w:rsid w:val="00A25D72"/>
+    <w:rsid w:val="00A34F70"/>
+    <w:rsid w:val="00A365E7"/>
     <w:rsid w:val="00A40D61"/>
     <w:rsid w:val="00A44484"/>
     <w:rsid w:val="00A45B0F"/>
+    <w:rsid w:val="00A51D1C"/>
     <w:rsid w:val="00A62064"/>
     <w:rsid w:val="00A808C0"/>
     <w:rsid w:val="00A85EF3"/>
     <w:rsid w:val="00A87848"/>
     <w:rsid w:val="00A954D2"/>
     <w:rsid w:val="00AB4CED"/>
     <w:rsid w:val="00AB734B"/>
     <w:rsid w:val="00AD2AB2"/>
     <w:rsid w:val="00AD5B47"/>
     <w:rsid w:val="00AE0EB7"/>
     <w:rsid w:val="00AE2D3B"/>
     <w:rsid w:val="00AE3C1B"/>
     <w:rsid w:val="00AE5AD3"/>
     <w:rsid w:val="00B03BB6"/>
+    <w:rsid w:val="00B07440"/>
     <w:rsid w:val="00B101AA"/>
     <w:rsid w:val="00B36B96"/>
     <w:rsid w:val="00B446FB"/>
     <w:rsid w:val="00B45222"/>
     <w:rsid w:val="00B50B1E"/>
     <w:rsid w:val="00B52AEC"/>
     <w:rsid w:val="00B546AA"/>
     <w:rsid w:val="00B60778"/>
     <w:rsid w:val="00B671D5"/>
+    <w:rsid w:val="00B90FB5"/>
     <w:rsid w:val="00BA187A"/>
     <w:rsid w:val="00BA4014"/>
     <w:rsid w:val="00BB0856"/>
     <w:rsid w:val="00BB2177"/>
     <w:rsid w:val="00BE0B14"/>
     <w:rsid w:val="00BE2716"/>
     <w:rsid w:val="00C12939"/>
+    <w:rsid w:val="00C2227E"/>
     <w:rsid w:val="00C24069"/>
     <w:rsid w:val="00C2477D"/>
     <w:rsid w:val="00C25370"/>
     <w:rsid w:val="00C26B20"/>
     <w:rsid w:val="00C439E7"/>
     <w:rsid w:val="00C43CAE"/>
     <w:rsid w:val="00C543AD"/>
     <w:rsid w:val="00C65D38"/>
     <w:rsid w:val="00C7294D"/>
     <w:rsid w:val="00C74565"/>
     <w:rsid w:val="00C75990"/>
     <w:rsid w:val="00C771C8"/>
     <w:rsid w:val="00C93FD5"/>
     <w:rsid w:val="00CA0B3A"/>
     <w:rsid w:val="00CA5182"/>
     <w:rsid w:val="00CA700F"/>
     <w:rsid w:val="00CB1A30"/>
     <w:rsid w:val="00CC320A"/>
     <w:rsid w:val="00CC5337"/>
+    <w:rsid w:val="00CD0DB7"/>
     <w:rsid w:val="00CD257C"/>
     <w:rsid w:val="00CD3241"/>
     <w:rsid w:val="00CD7377"/>
     <w:rsid w:val="00CE14DD"/>
     <w:rsid w:val="00CE5EED"/>
     <w:rsid w:val="00CF65C9"/>
     <w:rsid w:val="00D058B7"/>
     <w:rsid w:val="00D05D84"/>
     <w:rsid w:val="00D13D2F"/>
     <w:rsid w:val="00D23CD6"/>
     <w:rsid w:val="00D269E0"/>
     <w:rsid w:val="00D277CB"/>
     <w:rsid w:val="00D34C0D"/>
     <w:rsid w:val="00D3688B"/>
     <w:rsid w:val="00D3754D"/>
     <w:rsid w:val="00D407B6"/>
     <w:rsid w:val="00D45404"/>
     <w:rsid w:val="00D458AF"/>
     <w:rsid w:val="00D51A3A"/>
     <w:rsid w:val="00D52D73"/>
     <w:rsid w:val="00D52FB2"/>
     <w:rsid w:val="00D5511E"/>
     <w:rsid w:val="00D768AF"/>
     <w:rsid w:val="00D80B21"/>
+    <w:rsid w:val="00D86B3F"/>
     <w:rsid w:val="00D876E4"/>
     <w:rsid w:val="00D96A4C"/>
     <w:rsid w:val="00D971AE"/>
     <w:rsid w:val="00DA0C80"/>
     <w:rsid w:val="00DB1946"/>
     <w:rsid w:val="00DB56A5"/>
     <w:rsid w:val="00DC134A"/>
     <w:rsid w:val="00DC1722"/>
     <w:rsid w:val="00DC5E54"/>
     <w:rsid w:val="00DD1641"/>
     <w:rsid w:val="00DD4F58"/>
     <w:rsid w:val="00DD6C43"/>
     <w:rsid w:val="00DD78CB"/>
     <w:rsid w:val="00DD799C"/>
     <w:rsid w:val="00DE0938"/>
     <w:rsid w:val="00E01176"/>
     <w:rsid w:val="00E10FE0"/>
     <w:rsid w:val="00E133B8"/>
     <w:rsid w:val="00E46D84"/>
     <w:rsid w:val="00E54667"/>
     <w:rsid w:val="00E5538D"/>
     <w:rsid w:val="00E56FF5"/>
     <w:rsid w:val="00E70CF4"/>
     <w:rsid w:val="00E711A5"/>
     <w:rsid w:val="00E726CE"/>
     <w:rsid w:val="00E908DA"/>
     <w:rsid w:val="00E90C6D"/>
     <w:rsid w:val="00E91BEA"/>
     <w:rsid w:val="00E92DD5"/>
     <w:rsid w:val="00E93698"/>
+    <w:rsid w:val="00E95EBF"/>
     <w:rsid w:val="00EA1058"/>
     <w:rsid w:val="00ED0D56"/>
     <w:rsid w:val="00ED787E"/>
     <w:rsid w:val="00EE2954"/>
     <w:rsid w:val="00EE4CEA"/>
     <w:rsid w:val="00EE4EC3"/>
     <w:rsid w:val="00EF4681"/>
     <w:rsid w:val="00EF4A77"/>
     <w:rsid w:val="00EF743A"/>
     <w:rsid w:val="00F00D7F"/>
     <w:rsid w:val="00F0297D"/>
     <w:rsid w:val="00F03A82"/>
     <w:rsid w:val="00F168C8"/>
+    <w:rsid w:val="00F36621"/>
     <w:rsid w:val="00F41988"/>
     <w:rsid w:val="00F42BA9"/>
     <w:rsid w:val="00F46534"/>
     <w:rsid w:val="00F52D0C"/>
     <w:rsid w:val="00F55CE6"/>
+    <w:rsid w:val="00F73C34"/>
     <w:rsid w:val="00F90394"/>
     <w:rsid w:val="00F90B14"/>
     <w:rsid w:val="00F9568B"/>
     <w:rsid w:val="00FA652E"/>
     <w:rsid w:val="00FB5CEE"/>
     <w:rsid w:val="00FB7409"/>
     <w:rsid w:val="00FB7CAC"/>
     <w:rsid w:val="00FC0462"/>
+    <w:rsid w:val="00FC7E30"/>
     <w:rsid w:val="00FE48BC"/>
     <w:rsid w:val="00FE4FE5"/>
     <w:rsid w:val="00FE54A9"/>
     <w:rsid w:val="00FF26B3"/>
     <w:rsid w:val="00FF43C9"/>
+    <w:rsid w:val="00FF44B7"/>
     <w:rsid w:val="1700344C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -32703,50 +33425,88 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">1</_Version>
+    <Document_x0020_Type xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Type>
+    <Responsible_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>PM</Value>
+      <Value>PDC</Value>
+      <Value>DT</Value>
+    </Responsible_x0020_1>
+    <Accountable xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>1</Value>
+    </Accountable>
+    <Phase_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>Phase 4 - Design</Value>
+      <Value>Road Renewal</Value>
+      <Value>Traffic Signal Illumination</Value>
+      <Value>Bridges &amp; Culverts</Value>
+    </Phase_x0020_1>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <Document_x0020_Priority xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Priority>
+    <TaxCatchAll xmlns="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010067EC4DE1791E2B4EA58A7571ABC53335" ma:contentTypeVersion="27" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="844194f14f7df6d29bc81cdb90d5a95f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="13f4b1e4-0d4c-46e5-97b4-e54254471a98" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="1a328720-1792-4e87-b2a9-dbdb07f5995e" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns6="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="198dc2ee0fbe047e68fbb91046276b7c" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accountable" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Priority" minOccurs="0"/>
                 <xsd:element ref="ns3:_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:Responsible_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:Phase_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
@@ -33010,51 +33770,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <TaxCatchAll xmlns="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Responsible_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>PM</Value>
+      <Value>PDC</Value>
+      <Value>DT</Value>
+    </Responsible_x0020_1>
+    <Accountable xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>1</Value>
+    </Accountable>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <Phase_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
+      <Value>Phase 4 - Design</Value>
+      <Value>Road Renewal</Value>
+      <Value>Traffic Signal Illumination</Value>
+      <Value>Bridges &amp; Culverts</Value>
+    </Phase_x0020_1>
+    <Document_x0020_Priority xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Priority>
+    <Document_x0020_Type xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Type>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010067EC4DE1791E2B4EA58A7571ABC53335" ma:contentTypeVersion="27" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="844194f14f7df6d29bc81cdb90d5a95f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="13f4b1e4-0d4c-46e5-97b4-e54254471a98" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="1a328720-1792-4e87-b2a9-dbdb07f5995e" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns6="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="198dc2ee0fbe047e68fbb91046276b7c" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accountable" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Priority" minOccurs="0"/>
                 <xsd:element ref="ns3:_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:Responsible_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:Phase_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
@@ -33318,268 +34107,201 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{837C13DF-C8E5-4F14-BE52-2E76470DD920}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D0209B7-8581-4B54-85F0-67ABA2687107}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09403210-1C12-4DA7-A493-7679E15A5206}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9261011C-6112-4F5B-9926-9E34B72760CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
+    <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F0A4E28-1092-4DCC-AE78-D0600D7B6A61}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2B6F3E8-775E-4113-A811-2735B9DA9BFE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C13341B-B270-4EA2-99F7-85E3A1F82CB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...46 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>12273</Characters>
+  <Pages>12</Pages>
+  <Words>2025</Words>
+  <Characters>12497</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
+  <Lines>104</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Roadworks Items Bid Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14245</CharactersWithSpaces>
+  <CharactersWithSpaces>14494</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Roadworks Items Bid Form</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010067EC4DE1791E2B4EA58A7571ABC53335</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>