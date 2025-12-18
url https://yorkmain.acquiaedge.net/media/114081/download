--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -304,56 +304,59 @@
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="001322A2">
         <w:t xml:space="preserve"> requires a detailed written Traffic Control Plan for the control of through traffic for the duration of the Contract and, where applicable, details for the safe passage of pedestrians and cyclists through the construction area. A Traffic Protection Plan for worker safety is also required as indicated in the Ontario </w:t>
       </w:r>
       <w:r w:rsidRPr="001322A2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Occupational Health and Safety Act</w:t>
       </w:r>
       <w:r w:rsidRPr="001322A2">
         <w:t xml:space="preserve">. Copies of these plans shall be provided to </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="001322A2">
         <w:t xml:space="preserve"> a minimum of five (5) Working Days prior to the commencement of construction. Failure of the Contractor to provide these plans may delay the commencement of construction and may result in the assessment of liquidated damages in the event that the Work is not completed within the Contract Time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="625443E2" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+    <w:p w14:paraId="625443E2" w14:textId="6890CC9E" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t>Lane Restrictions</w:t>
+      </w:r>
+      <w:r w:rsidR="00C545D9">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55BD1B74" w14:textId="26567C75" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">All roads shall be kept open to through traffic at all times and maintained with the existing number of lanes, unless </w:t>
       </w:r>
       <w:r w:rsidR="008B4808">
         <w:t>indicated</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00814CCC" w:rsidRPr="00044993">
         <w:t xml:space="preserve">otherwise </w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t>in the Contract</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Documents</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
@@ -442,83 +445,111 @@
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">se parties shall be submitted to </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> for verification.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27DF6BA5" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t>Traffic Control</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E19CD89" w14:textId="09206562" w:rsidR="00027A51" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+    <w:p w14:paraId="2E19CD89" w14:textId="198E1368" w:rsidR="00027A51" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">Proper traffic control shall be maintained at all times during construction, including the removal and application of pavement markings as necessary to maintain vehicular traffic in their designated lanes. The Contractor shall provide, maintain and relocate, where necessary, sufficient signs, delineators, barricades, lights, flashers, etc., and provide Traffic Control Persons (TCPs) and/or paid duty police officers as required, so that motorists, pedestrians and cyclists are properly directed to ensure their safety. In accordance with the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">temporary conditions </w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">provisions of Ontario Traffic Manual </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t>Book 7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (latest edition)</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">, police officers shall provide traffic control at all signalized intersections. Paid duty officer(s) with marked cruiser(s) may also be required to control traffic in between intersections, if deemed necessary by </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> for the safety and effectiveness of traffic conveyance. </w:t>
+      </w:r>
+      <w:r w:rsidR="000914C3" w:rsidRPr="000914C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paid duty officers are required to be out of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91BDB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidR="000914C3" w:rsidRPr="000914C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>police cruisers</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7CC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when present on Site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F675B30" w14:textId="16F410DA" w:rsidR="004007E6" w:rsidRDefault="00AE5CBE" w:rsidP="004007E6">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>The Contractor shall adjust</w:t>
       </w:r>
       <w:r w:rsidR="00922B08">
         <w:t xml:space="preserve"> and/or relocate, as applicable,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidR="004007E6">
         <w:t>emporary traffic control signals</w:t>
       </w:r>
       <w:r w:rsidR="00A624FB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004007E6">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00922B08">
@@ -1023,55 +1054,55 @@
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">, proper traffic control is not maintained, the Contractor shall immediately modify its operation to the satisfaction of </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">. If the Contractor fails to take immediate action, </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> may take such action as </w:t>
       </w:r>
       <w:r>
         <w:t>it</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
-        <w:t xml:space="preserve"> considers necessary and deduct the cost from monies owed to the Contractor. The performance of such traffic control work or </w:t>
+        <w:t xml:space="preserve"> considers necessary and deduct the </w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">other work under the direction of </w:t>
+        <w:t xml:space="preserve">cost from monies owed to the Contractor. The performance of such traffic control work or other work under the direction of </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> shall in no way relieve the Contractor from any of its responsibilities under the Contract, or from any damages which may occur during the performance of this work or after such precautions have been carried out by </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C619BE4" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
@@ -1294,55 +1325,55 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> lanes, the Contractor shall also provide lane line markings. These markings shall be a minimum of 0.3 metres in length and spaced a maximum of 15.0 metres apart.</w:t>
       </w:r>
       <w:r w:rsidR="009E4C4B">
         <w:t xml:space="preserve"> Stop line pavement markings shall be placed prior to opening the road to traffic.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A86771" w14:textId="7B97C152" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">All temporary pavement markings shall be </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
-        <w:t xml:space="preserve">approved tape and/or paint placed in accordance with the manufacturer’s recommendations. Placement of these markings and the type selected shall be appropriate under the circumstances, taking into account the road surface and weather at the time of placement. If the surface course is not placed within 15 Working Days of the paving of base asphalt or the removal of the asphalt surface to a partial depth, the roadway surface shall be marked in accordance with the Ontario Traffic Manual – </w:t>
+        <w:t xml:space="preserve">approved tape and/or paint placed in accordance with the manufacturer’s recommendations. Placement of these markings and the type selected shall be appropriate under the circumstances, taking into account the road surface and weather at the time of placement. If the surface course is not placed within 15 Working Days of the paving of base asphalt or the removal of the asphalt surface to a partial </w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Book 7 and Book 11 (latest editions). Should the markings be ineffective or fail to adhere to the road surface, </w:t>
+        <w:t xml:space="preserve">depth, the roadway surface shall be marked in accordance with the Ontario Traffic Manual – Book 7 and Book 11 (latest editions). Should the markings be ineffective or fail to adhere to the road surface, </w:t>
       </w:r>
       <w:r w:rsidR="0030197A" w:rsidRPr="00044993">
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t>approved alternative shall be selected. Markings must be reflective; non-reflective spray paint is not acceptable. In cases where existing cycling facilities such as bike lanes or cycle tracks are removed, a temporary cycling facility shall be provided and proper pavement markings shall be placed in accordance with the Ontario Traffic Manual – Book 18 (latest edition).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B95080E" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">The requirements for temporary markings will apply regardless of the number of lifts of asphalt being placed. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0ABA">
@@ -1528,135 +1559,135 @@
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">noted work shall be included in the lump sum price for this item. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FE19648" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t>Pedestrian Traffic</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4F0B5E" w14:textId="676BFDEE" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">Pedestrian passage through the Site shall be maintained at all times. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Proper pedestrian signs shall be erected and maintained during construction to advise of sidewalk closures, detours and construction. </w:t>
+        <w:t xml:space="preserve">Proper pedestrian signs shall be erected and maintained during construction to advise of sidewalk closures, detours and </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">construction. </w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, in the opinion of </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">proper </w:t>
       </w:r>
       <w:r>
         <w:t>pedestrian signs have</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> been</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>erected</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
-        <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">the Contractor shall immediately </w:t>
+        <w:t xml:space="preserve">, the Contractor shall immediately </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">erect proper pedestrian signs upon being notified by </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r>
         <w:t>, either verbally in writing</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>Failure of the Contractor to do so will</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> result in liquidated damages being assessed in the amount of $100.00 per minute </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">beyond the response time indicated by </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t>. Before an existing sidewalk is removed, a temporary asphalt path or the new concrete sidewalk shall be available for pedestrians, including those using wheelchairs and strollers. Asphalt ramping shall be provided where the elevation difference is more than 15 mm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F73EC5D" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t>Cycling Traffic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3F961C" w14:textId="61AC0014" w:rsidR="00CF5585" w:rsidRPr="009B0483" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+    <w:p w14:paraId="4D3F961C" w14:textId="61AC0014" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">Cyclist passage through the Site shall be maintained at all times. Before an existing cycling facility is removed, a temporary designated cycling facility shall be available for cyclists. Ramping shall be provided, </w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">as determined by </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
@@ -1674,367 +1705,439 @@
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> “Cyclists Dismount” signs shall be installed </w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">as determined by </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B6E806C" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+    <w:p w14:paraId="1B6E806C" w14:textId="3E6DD89A" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
-        <w:t>Liquidated Damages for Early Closing</w:t>
+        <w:t>Liquidated Damages for Early</w:t>
+      </w:r>
+      <w:r w:rsidR="007F38DC">
+        <w:t xml:space="preserve"> Lane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044993">
+        <w:t xml:space="preserve"> Closing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79417750" w14:textId="29E0C6DD" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">On each occasion that the Contractor closes a lane to traffic earlier than the specified time, </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> will assess liquidated damages in the amount of $500.00. Thereafter, further liquidated damages </w:t>
       </w:r>
       <w:r w:rsidR="00304DA8">
         <w:t xml:space="preserve">in the amount of $100.00 per minute </w:t>
       </w:r>
       <w:r>
         <w:t>wi</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">ll be assessed for every minute outside of the permitted closure window that the traffic lane is not open to traffic. </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> will be the sole judge of the length of time of the delay.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8B2E39" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+    <w:p w14:paraId="5F8B2E39" w14:textId="2E00FD9B" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
-        <w:t>Liquidated Damages for Late Opening</w:t>
+        <w:t>Liquidated Damages for Late</w:t>
+      </w:r>
+      <w:r w:rsidR="007F38DC">
+        <w:t xml:space="preserve"> Lane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044993">
+        <w:t xml:space="preserve"> Opening</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79792BC7" w14:textId="60F6493B" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">On each occasion that the Contractor fails to reopen a traffic lane by the specified time, </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> will assess liquidated damages in the amount of $500.00.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389160C9" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t>If the traffic lane is not open within 15 minutes of the specified time, further liquidated damages in the amount of $500.00 will be assessed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3AE3A6" w14:textId="63643F90" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+    <w:p w14:paraId="3C3AE3A6" w14:textId="63643F90" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve">Thereafter, further liquidated damages in the amount of $100.00 per minute will be assessed for every minute that the traffic lane is not open to traffic. </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t xml:space="preserve"> will be the sole judge of the length of time of the delay.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3C2EF9" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="007E1AB1">
+    <w:p w14:paraId="4950D67E" w14:textId="77777777" w:rsidR="007E0DE1" w:rsidRPr="00F14847" w:rsidRDefault="007E0DE1" w:rsidP="007E0DE1">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14847">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00867C07">
+        <w:t>[Delete the following paragraph for new construction projects]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC820FC" w14:textId="5E8A62CD" w:rsidR="007E0DE1" w:rsidRPr="007E0DE1" w:rsidRDefault="007E0DE1" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0DE1">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>he</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> above liquidated damages will also be assessed in circumstances when a traffic lane cannot be reopened by the specified time as a result of the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0DE1">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contractor </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>failing to ramp milled sections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3C2EF9" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00044993">
+        <w:t>Basis of Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E2CDDD" w14:textId="132954F6" w:rsidR="00CF5585" w:rsidRPr="00044993" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk137732439"/>
+      <w:r w:rsidRPr="00044993">
+        <w:t>The cost of all labour, granular and asphalt materials, equipment, TCPs, signs, lights, police officers, etc., required to maintain traffic (</w:t>
+      </w:r>
+      <w:r w:rsidR="00416329" w:rsidRPr="00044993">
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044993">
+        <w:t xml:space="preserve"> vehicles, cyclists and pedestrians) throughout the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044993">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Site shall be included in the lump sum price for this item. No payment </w:t>
+      </w:r>
+      <w:r w:rsidR="0012331B">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044993">
+        <w:t xml:space="preserve"> be made under this item for work or materials covered under other items in the Contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09ED2F1D" w14:textId="4C849B91" w:rsidR="00DB377D" w:rsidRPr="007E1AB1" w:rsidRDefault="00DB377D" w:rsidP="00DB377D">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E1AB1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>Delete</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00867C07" w:rsidRPr="00027A51">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00867C07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00867C07">
+        <w:t>Delete</w:t>
+      </w:r>
+      <w:r w:rsidR="00867C07" w:rsidRPr="00027A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D52E3A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00867C07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">following </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00867C07" w:rsidRPr="00027A51">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52E3A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>paragraph</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00867C07">
+        <w:t xml:space="preserve">following </w:t>
+      </w:r>
+      <w:r w:rsidR="00867C07" w:rsidRPr="00027A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for new construction projects</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E1AB1">
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:r w:rsidR="00867C07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>]</w:t>
-[...48 lines deleted...]
-      <w:r w:rsidRPr="00DA4BAC">
+        <w:t xml:space="preserve"> for new construction projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1AB1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00867C07" w:rsidRPr="00DA4BAC">
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65007518" w14:textId="21EA2247" w:rsidR="00CF5585" w:rsidRPr="00DA4BAC" w:rsidRDefault="00C25D36" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA4BAC">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Payment shall be made on each payment certificate based on the value of the Work completed to date as a percentage of the Contract Price, or based on </w:t>
+      </w:r>
+      <w:r w:rsidR="00886CD4" w:rsidRPr="00DA4BAC">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2252" w:rsidRPr="00DA4BAC">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4BAC">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s estimate of the percentage of Work completed to date at a location, as applicable. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA08B8" w:rsidRPr="00DA4BAC">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>The total amount paid under this item shall not exceed 100% of the lump sum price for this item.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D14512" w14:textId="6C52697E" w:rsidR="00DB377D" w:rsidRPr="00DA4BAC" w:rsidRDefault="00DB377D" w:rsidP="00DB377D">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">Delete the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D52E3A" w:rsidRPr="00DA4BAC">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00867C07" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">following </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00867C07" w:rsidRPr="00DA4BAC">
+        <w:t xml:space="preserve">Delete the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52E3A" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>paragraph for renewal projects</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DA4BAC">
+        <w:t xml:space="preserve">following </w:t>
+      </w:r>
+      <w:r w:rsidR="00867C07" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
+        <w:t>paragraph for renewal projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4BAC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28086E06" w14:textId="600EE76E" w:rsidR="00DB377D" w:rsidRDefault="00DB377D" w:rsidP="00DB377D">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Payment shall be made on each payment certificate based on the value of the Work completed to date as a percentage of the Contract Price. The total amount paid under this item shall not exceed 100% of the lump sum price for this item.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E6D3F0" w14:textId="5AC97C8C" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc38628628"/>
       <w:bookmarkStart w:id="7" w:name="_Toc381194591"/>
       <w:bookmarkEnd w:id="5"/>
       <w:commentRangeStart w:id="8"/>
@@ -2550,89 +2653,89 @@
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3223">
         <w:t xml:space="preserve">. The checking of the setting out of any line or level by </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3223">
         <w:t xml:space="preserve"> shall not in any way relieve the Contractor of its responsibility for the correctness of the Work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A34B354" w14:textId="4A51E3AD" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA3223">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Contractor shall supply </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3223">
         <w:t xml:space="preserve"> with a copy of all necessary information to enable </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3223">
         <w:t xml:space="preserve"> to use the Contractor</w:t>
       </w:r>
       <w:r w:rsidR="00E97931">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3223">
         <w:t>s field layout. All information, both on work sheets and on stakes, shall be neat and legible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D09687" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3223">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Basis of Payment  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53188DCA" w14:textId="77777777" w:rsidR="00E247A1" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA3223">
         <w:t xml:space="preserve">Payment shall be made at the lump sum price and shall be full compensation for all labour, equipment and materials necessary to completely lay out the Work. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E9D901" w14:textId="59A073EE" w:rsidR="00E247A1" w:rsidRDefault="00E247A1" w:rsidP="00E247A1">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="003B0ABA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>[</w:t>
@@ -3007,77 +3110,77 @@
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="001318E5">
         <w:t xml:space="preserve">. The checking of the setting out of any line or level by </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="001318E5">
         <w:t xml:space="preserve"> shall not in any way relieve the Contractor of its responsibility for the correctness of the Work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6273088D" w14:textId="0CB271B8" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="001318E5">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Contractor shall supply the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="001318E5">
         <w:t xml:space="preserve"> with a copy of all necessary information to enable the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="001318E5">
         <w:t xml:space="preserve"> to use the Contractor’s field layout. All information, both on work sheets and on stakes, shall be neat and legible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52F4C382" w14:textId="77777777" w:rsidR="00E247A1" w:rsidRPr="00DA3223" w:rsidRDefault="00E247A1" w:rsidP="00E247A1">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3223">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Basis of Payment  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2430D4CD" w14:textId="22204AD2" w:rsidR="00737B34" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00B35DDF">
         <w:t xml:space="preserve">Payment shall be made at the lump sum price and shall be full compensation for all labour, equipment and materials necessary to completely lay out the Work. Payment shall be made on each payment certificate based on </w:t>
       </w:r>
       <w:r w:rsidR="00886CD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35DDF">
         <w:t>’s estimate of the amount of layout completed.</w:t>
       </w:r>
       <w:r w:rsidR="00FA08B8" w:rsidRPr="00FA08B8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00737B34" w:rsidRPr="00DA3223">
         <w:t>The layout required due to alterations in Contract items shall be considered incidental to the work of those items</w:t>
       </w:r>
@@ -3464,89 +3567,89 @@
       <w:r>
         <w:t>s shall be included in the field office:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D98DDC6" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">One (1) office trailer entry door </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C80A1F6" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
         <w:t>One (1) drawing table or counter top equivalent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD23A94" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>One (1) conference table</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="751DFBEE" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRPr="00D77697" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77697">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Minimum of eight (8) chairs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A56D432" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
         <w:t>Two (2) wastepaper baskets</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10174A06" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
         <w:t>One (1) push broom</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="687F8312" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>One (1) small refrigerator</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ED440E5" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
         <w:t>One (1) microwave oven</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FCA9EF5" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
         <w:t>One (1) water cooler with hot and cold outlets, including the supply of water and paper cups all as supplied by Crystal Springs Water Supply Limited, 7151 Fir Tree Drive, Malton, Ontario or Laurentian Spring Water Ltd., 15 Crockford Blvd., Scarborough, Ontario, or Equivalent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B40E9F5" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
         <w:t>Waterless (alcohol-based) hand sanitizer</w:t>
@@ -3644,51 +3747,50 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B482443" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRPr="00044993" w:rsidRDefault="00DC130F" w:rsidP="00DC130F">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t>If the field office is not supplied and completely equipped by the Commencement Date or are not properly serviced for the full duration of the Contract, the Owner may reduce the amount paid under this item; the amount of the reduction will be decided by the Owner at its sole discretion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02A7BBCA" w14:textId="77777777" w:rsidR="00DC130F" w:rsidRDefault="00DC130F" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53EA593B" w14:textId="2749E0E3" w:rsidR="003D306F" w:rsidRPr="00044993" w:rsidRDefault="003D306F" w:rsidP="003D306F">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
       </w:pPr>
       <w:commentRangeStart w:id="15"/>
       <w:r w:rsidRPr="00044993">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="001C19D5">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00044993">
         <w:tab/>
         <w:t xml:space="preserve">Provision of </w:t>
       </w:r>
       <w:r w:rsidR="00412323">
         <w:t>One</w:t>
       </w:r>
       <w:r w:rsidR="005B3516">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B8176C" w:rsidRPr="00B8176C">
         <w:t xml:space="preserve">Field Office and </w:t>
       </w:r>
       <w:r w:rsidR="00412323">
@@ -4101,75 +4203,78 @@
     <w:p w14:paraId="39C44121" w14:textId="6BF912BD" w:rsidR="000275BA" w:rsidRPr="000275BA" w:rsidRDefault="000275BA" w:rsidP="000275BA">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="000275BA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>If there are 20 or more workers regularly employed at the Site,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
       <w:r w:rsidRPr="000275BA">
         <w:t xml:space="preserve">ne (1) defibrillator licensed as a medical device by Health Canada, along with the related items required by O. Reg. 213/91 (Construction Projects) under the Ontario </w:t>
       </w:r>
       <w:r w:rsidRPr="000275BA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Occupational Health and Safety Act</w:t>
       </w:r>
       <w:r w:rsidRPr="000275BA">
-        <w:t>, that is regularly maintained, tested and inspected on a quarterly basis in accordance with the manufacturer’s instructions and identified by signs containing a graphic symbol depicting a heart with a lightning bolt and the words</w:t>
+        <w:t xml:space="preserve">, that is regularly maintained, tested and inspected on a quarterly basis in accordance with the manufacturer’s instructions and identified by signs containing a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000275BA">
+        <w:lastRenderedPageBreak/>
+        <w:t>graphic symbol depicting a heart with a lightning bolt and the words</w:t>
       </w:r>
       <w:r w:rsidR="00281DD6">
         <w:t>/acronym</w:t>
       </w:r>
       <w:r w:rsidRPr="000275BA">
         <w:t xml:space="preserve"> “Automated External Defibrillator”</w:t>
       </w:r>
       <w:r w:rsidR="00281DD6">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="000275BA">
         <w:t xml:space="preserve">“AED” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39036E26" w14:textId="254CA359" w:rsidR="000275BA" w:rsidRPr="000275BA" w:rsidRDefault="000275BA" w:rsidP="000275BA">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000275BA">
-        <w:lastRenderedPageBreak/>
         <w:t>At least one</w:t>
       </w:r>
       <w:r w:rsidR="00927B22">
         <w:t xml:space="preserve"> (1)</w:t>
       </w:r>
       <w:r w:rsidRPr="000275BA">
         <w:t xml:space="preserve"> of the Contractor’s staff must be trained in cardiopulmonary resuscitation and defibrillator operation and be present at the Site while work is being performed </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E7BA22F" w14:textId="2A7BCB5C" w:rsidR="003D306F" w:rsidRDefault="008E2ED4" w:rsidP="003D306F">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="000275BA">
         <w:t>The Contractor shall also supply</w:t>
       </w:r>
       <w:r w:rsidR="00412323" w:rsidRPr="000275BA">
         <w:t xml:space="preserve"> one</w:t>
       </w:r>
       <w:r w:rsidR="003D306F" w:rsidRPr="000275BA">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00412323" w:rsidRPr="000275BA">
         <w:t>1</w:t>
       </w:r>
@@ -4496,76 +4601,73 @@
         <w:t>Work is completed</w:t>
       </w:r>
       <w:r>
         <w:t>, the Contractor shall remove the field office and washroom trailer, clean up all debris and restore the Site to its original pre-construction condition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6695AD0A" w14:textId="1C3DC270" w:rsidR="003D306F" w:rsidRDefault="003D306F" w:rsidP="003D306F">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The locations of the field office and washroom trailer are subject to the approval of the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="171C34F3" w14:textId="1C444B9E" w:rsidR="003D306F" w:rsidRDefault="003D306F" w:rsidP="003D306F">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>The field office and washroom trailer shall be on</w:t>
       </w:r>
       <w:r w:rsidR="008E2ED4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Site and fully functional, complete with all </w:t>
       </w:r>
       <w:r w:rsidR="00F9422D">
         <w:t>items</w:t>
       </w:r>
       <w:r w:rsidR="00715E8C">
         <w:t>/features</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and services</w:t>
       </w:r>
       <w:r w:rsidR="00E22CA6">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> prior to the start of construction.  If utility hook-ups are delayed, </w:t>
-[...3 lines deleted...]
-        <w:t>the Contractor shall provide alternate temporary facilities (</w:t>
+        <w:t xml:space="preserve"> prior to the start of construction.  If utility hook-ups are delayed, the Contractor shall provide alternate temporary facilities (</w:t>
       </w:r>
       <w:r w:rsidR="00416329">
         <w:t>i.e.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> generator, </w:t>
       </w:r>
       <w:r w:rsidR="008E2ED4">
         <w:t>etc.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). When requested, the Contractor shall provide proof of service requests to the utilities.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3027F95D" w14:textId="1C3D19C5" w:rsidR="003D306F" w:rsidRDefault="003D306F" w:rsidP="00E17B2A">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Basis of Payment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB53A04" w14:textId="4471191D" w:rsidR="00E03E02" w:rsidRDefault="00E03E02" w:rsidP="00E03E02">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
@@ -5014,59 +5116,62 @@
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> stabilization of stockpiled earth materials and disturbed areas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4120D186" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>It is intended that the Work proposed be executed in such a manner that, to the fullest possible extent, minimizes any adverse effect on the natural environment of the project area. The environmental conditions of the Contract stated herein must be complied with in all respects. The Contractor shall ensure that all of its personnel are sufficiently instructed so that the Work is carried out in a manner consistent with minimizing environmental harm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2312C6EA" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">During the course of construction, the work area may consist of a milled roadway. The Contractor shall employ sufficient measures, such as lowering the catch basins to accommodate storm drainage as well as ensuring that the drainage flowing into the catch basins is filtered through appropriate devices, to ensure that sediment off the pulverized roadway does not enter the storm sewers. </w:t>
+        <w:t xml:space="preserve">During the course of construction, the work area may consist of a milled roadway. The Contractor shall employ sufficient measures, such as lowering the catch basins to accommodate storm drainage as well as ensuring that the drainage flowing into the catch basins is filtered </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">through appropriate devices, to ensure that sediment off the pulverized roadway does not enter the storm sewers. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2265D28E" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>The Contractor shall take all required precautions to avoid affecting the quality of water as it passes through the area and to prevent eroded material resulting from construction operations from entering streams, watercourses or private property. Appropriate sediment retention measures shall be incorporated into the Work to ensure that sediment discharge to watercourses adjacent to the working area is minimized. These measures may include sedimentation ponds to which pumped water or run-off is directed prior to discharge to the adjacent watercourse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374B595E" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>The Contractor shall not permit any excavated materials or other material to be deposited in any watercourses except those indicated in the Contract Documents, such as rip rap or gabions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60B0456F" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r>
         <w:t>General Restoration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6564AECE" w14:textId="632ECFA2" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Restoration shall not be undertaken as a final project task but shall be initiated as soon as backfilling, compaction and any other specified work activities have been completed, except as otherwise approved by </w:t>
@@ -5292,1105 +5397,1202 @@
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2486C3EE" w14:textId="105702E2" w:rsidR="00E247A1" w:rsidRDefault="00E247A1" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Payment shall be made on each payment certificate based on the value of the Work completed to date as a percentage of the Contract Price. The total amount paid under this item shall not exceed 100% of the lump sum price for this item.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E37876" w14:textId="71EAE79C" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc38628631"/>
       <w:bookmarkStart w:id="19" w:name="_Toc381194594"/>
+      <w:commentRangeStart w:id="20"/>
       <w:r w:rsidRPr="00DA3223">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Item G5</w:t>
       </w:r>
       <w:r w:rsidR="00F5020A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA3223">
-[...965 lines deleted...]
-      <w:r w:rsidR="004C3796">
+      <w:commentRangeEnd w:id="20"/>
+      <w:r w:rsidR="000A431D">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="21"/>
-      </w:r>
+        <w:commentReference w:id="20"/>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Full Matrix Portable Variable Message Signs (PVMS)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidR="009A388E" w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="009A388E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Renewal – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E1AB1">
+        <w:t xml:space="preserve">Renewal / </w:t>
+      </w:r>
+      <w:r w:rsidR="009A388E" w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>Under 500 m Length</w:t>
+        <w:t>New Construction]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269130AB" w14:textId="4100A27E" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">The Contractor shall supply, deploy, maintain, operate and remove full matrix PVMS on all Regional </w:t>
+      </w:r>
+      <w:r w:rsidR="00D213DF" w:rsidRPr="00DA3223">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">oad approaches to the work area, commencing </w:t>
+      </w:r>
+      <w:r>
+        <w:t>seven (7) Days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> in advance of </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2FB0">
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2FB0" w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3F46" w:rsidRPr="00E50B77">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>road milling, asphalt paving</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2FB0">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07CF5">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50B77" w:rsidRPr="00E50B77">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3F46" w:rsidRPr="00E50B77">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>night work</w:t>
+      </w:r>
+      <w:r w:rsidR="002845C7">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">, unless </w:t>
+      </w:r>
+      <w:r w:rsidR="006460CC">
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> otherwise by the </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2252">
+        <w:t>Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B04D5E2" w14:textId="48801936" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">The Contractor is advised that up to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B0483">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>[number]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> signs may be required at the same time</w:t>
+      </w:r>
+      <w:r w:rsidR="0072616E">
+        <w:t xml:space="preserve"> for this Contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738DF6B2" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:lastRenderedPageBreak/>
+        <w:t>The PVMS shall be a minimum of 1.2 m by 1.8 m in size, powered by solar energy and equipped with a functional, secure battery back-up system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283E0254" w14:textId="50669D41" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">The PVMS shall remain in place and functional until completion of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7058C">
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">, unless </w:t>
+      </w:r>
+      <w:r w:rsidR="006460CC">
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> otherwise by the </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2252">
+        <w:t>Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DEC0723" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>General</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12DAB384" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">All PVMS shall comply with the Ontario Traffic Manual </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> Book 7 (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>latest edition</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>), section 6.3.7 – Portable Variable Message Signs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2594B6" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>The specifications below supersede any conflicting specifications in the O</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ntario </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">raffic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:t>anual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> referred to above: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC6E814" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>All PVMS must be compliant with the National Transportation Communications for ITS Protocol (NTCIP) and support the following reporting functions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C218B7" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00A54FDE" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54FDE">
+        <w:t>Monitor current displayed message;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093AE8F8" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00A54FDE" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54FDE">
+        <w:t>View message library (if applicable);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34082652" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00A54FDE" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54FDE">
+        <w:t>Global Positioning System (GPS) coordinates; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B2E26B" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00A54FDE" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54FDE">
+        <w:t>Direction of the sign face.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A4F969" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>PVMS controllers shall be less than five (5) years old at the time of deployment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2801297B" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Logging shall be enabled on the sign controller and be capable of providing the following information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA12295" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Sign message changes</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B8923B" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Sign message change method (local access or remote access)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACED50D" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Identifying information for remote access (username, source Internet Protocol (IP))</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD011B0" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Any hardware errors or warning messages</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38436F18" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Remote Access </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Security Controls </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E09C39D" w14:textId="3B98FA1A" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">The Contractor shall provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2252">
+        <w:t>Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> with remote access to each PVMS, through a web application, which gives the </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2252">
+        <w:t>Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> the following capabilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A213FC" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00A54FDE" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54FDE">
+        <w:t>Update/change sign message;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE57BFF" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00A54FDE" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54FDE">
+        <w:t>Blank the message so that no message appears on the sign;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D2AA1E" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00A54FDE" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54FDE">
+        <w:t>Monitor sign status;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D541DA" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Current sign message</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454C12E6" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Battery voltage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127DDF11" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Sign location</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E35D08" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Sign direction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A74A4D2" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Error and warning messages such as low battery voltage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E3C683" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Change user password</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38435F3B" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:lastRenderedPageBreak/>
+        <w:t>Historical message change details</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA92836" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Message</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737867EC" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>User</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D37AD70" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C058053" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Configurable email or Simple Messaging Service (SMS) alert messages for message changes, errors and warnings</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A18B383" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>The remote access web application shall be secure and use communications protocols, including Transport Layer Security (TLS) v1.2 deployed with secure certificates such as Organization Validation (OV) and Domain Validation (DV). Encryption strength shall be at a minimum of AES-256B or higher.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AB8DBF" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>The Contractor shall provide cellular modem(s) with private static IP addresses purchased or leased through the PVMS vendor. Modems shall be accessible only through a Virtual Private Network (VPN) supplied by the PVMS vendor and shall be compatible with cellular services available at the Site. Cellular modems shall include a data plan to provide a minimum of one (1) Gigabyte of data service per billing month to each PVMS for the length of the deployment of the PVMS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4069941B" w14:textId="76BF8E82" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">The Contractor shall coordinate with the PVMS vendor to have static IP addresses, VPN credentials and PVMS vendor contact information provided directly to the </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2252">
+        <w:t>Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> for all PVMS deployed under th</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> Contract a minimum of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>five (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> Working Days prior to deployment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D63A0BC" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local Access </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Security Controls  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621A065D" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>The Contractor shall ensure that the following requirements are met and shall coordinate with the PVMS vendor, if and as applicable:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B731539" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>All Wi-Fi and/or Bluetooth capabilities shall be deactivated</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2901F3B7" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>All default login passwords must be changed or disabled</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEF7C4F" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>All PVMS software and firmware must be up to date prior to deployment</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6080D1D1" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Passwords must not be written on the PVMS devices</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FE2713" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>All local keyboard access must be password protected and secured physically within a locked box</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592DF02C" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>Cellular modems default access and login passwords must be changed, or disabled</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5263B3E1" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>All local data connections such as serial or networks ports must be secured physically</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F8AE28" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormalBullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>All other local access shall be disabled</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403E1231" w14:textId="2DCB13FA" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">The PVMS shall be configured to only allow for local access to, and messages to be entered by, the </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2252">
+        <w:t>Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> authorized designate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284CBD97" w14:textId="62CA364F" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">The Contractor shall coordinate the placement of the PVMS with the </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2252">
+        <w:t>Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231210E4" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Measurement for Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071EB5CD" w14:textId="7644CC70" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">Measurement for payment shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="00117BD5">
+        <w:t>a count of each</w:t>
+      </w:r>
+      <w:r w:rsidR="00117BD5" w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>sign utilized at the work location</w:t>
+      </w:r>
+      <w:r w:rsidR="00117BD5">
+        <w:t>, multiplied by the number of months each sign</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve"> is in operation</w:t>
+      </w:r>
+      <w:r w:rsidR="00117BD5">
+        <w:t xml:space="preserve"> at the work location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00117BD5">
+        <w:t xml:space="preserve"> For example, if two (2) signs are utilized at the work location and in operation for two (2) months</w:t>
+      </w:r>
+      <w:r w:rsidR="00E940F7">
+        <w:t xml:space="preserve"> each</w:t>
+      </w:r>
+      <w:r w:rsidR="00117BD5">
+        <w:t>, payment will be made for four (4) sign months</w:t>
+      </w:r>
+      <w:r w:rsidR="003353A2">
+        <w:t xml:space="preserve"> (2 signs x 2 months)</w:t>
+      </w:r>
+      <w:r w:rsidR="00117BD5">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40312B13" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNHeading"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Basis of Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394E5B2F" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">Payment </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">shall be made </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">at the unit price </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t xml:space="preserve">shall be full compensation for all labour, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">equipment and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>material</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s necessary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:t>to supply, place, operate, maintain and remove the PVMS as specified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7723F88F" w14:textId="1389FB63" w:rsidR="00F5020A" w:rsidRPr="009B6E49" w:rsidRDefault="00F5020A" w:rsidP="00F5020A">
+      <w:pPr>
+        <w:pStyle w:val="TRNItemNo"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6E49">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Item G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>5B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Contract Information Signs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0375F8" w14:textId="77777777" w:rsidR="00F5020A" w:rsidRPr="009B6E49" w:rsidRDefault="00F5020A" w:rsidP="00F5020A">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>At least seven (7) Days prior to the commencement of construction, the Contractor shall install Owner</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>supplied</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t xml:space="preserve">contract information signs on all Regional road approaches to the work area, unless </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">indicated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>otherwise by the Owner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D173DA" w14:textId="77777777" w:rsidR="00F5020A" w:rsidRPr="009B6E49" w:rsidRDefault="00F5020A" w:rsidP="00F5020A">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>The Owner will supply the contract information sign boards only, which are 1.2 m x 1.5 m in size. The</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>Contractor shall be responsible for supplying the necessary stands/mounts for the signs and ensuring that</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>the signs are securely anchored, maintained and periodically inspected for damage or wear. The</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>Contractor shall promptly replace any damaged signs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5633FB" w14:textId="77777777" w:rsidR="00F5020A" w:rsidRPr="009B6E49" w:rsidRDefault="00F5020A" w:rsidP="00F5020A">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>The Contractor shall, in consultation with the Owner, determine the appropriate locations for the signs,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>taking into account obstructions and sight lines. The signs should be placed approaching construction</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t xml:space="preserve">zone(s) and in the area(s) where the work is taking place. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>The s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>igns must be visible to the public.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45151074" w14:textId="77777777" w:rsidR="00F5020A" w:rsidRPr="009B6E49" w:rsidRDefault="00F5020A" w:rsidP="00F5020A">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t xml:space="preserve">The signs shall remain in place until completion of the Work, unless </w:t>
+      </w:r>
+      <w:r>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t xml:space="preserve"> otherwise by the Owner.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>Upon completion of the Work, the Contractor shall remove the signs and return them to the Owner.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>The Contractor shall arrange for pickup and return of the signs at 90 Bales Drive East, East Gwillimbury,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t xml:space="preserve">unless </w:t>
+      </w:r>
+      <w:r>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t xml:space="preserve"> otherwise by the Owner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54251E09" w14:textId="77777777" w:rsidR="00F5020A" w:rsidRPr="009B6E49" w:rsidRDefault="00F5020A" w:rsidP="00F5020A">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6E49">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Measurement for Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFE2EB0" w14:textId="77777777" w:rsidR="00F5020A" w:rsidRPr="009B6E49" w:rsidRDefault="00F5020A" w:rsidP="00F5020A">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t xml:space="preserve">Measurement for payment shall be </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a count of each</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t xml:space="preserve"> sign installed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6851F399" w14:textId="77777777" w:rsidR="00F5020A" w:rsidRPr="009B6E49" w:rsidRDefault="00F5020A" w:rsidP="00F5020A">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6E49">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Basis of Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFB105F" w14:textId="77777777" w:rsidR="00F5020A" w:rsidRPr="00DA3223" w:rsidRDefault="00F5020A" w:rsidP="00F5020A">
+      <w:pPr>
+        <w:pStyle w:val="TRNNormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>Payment shall be made at the unit price and shall be full compensation for all labour, equipment and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6E49">
+        <w:t>materials necessary to install, maintain and remove the signs as specified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0CE767" w14:textId="538EBF70" w:rsidR="00CF5585" w:rsidRPr="00DA3223" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
+      <w:pPr>
+        <w:pStyle w:val="TRNItemNo"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc38628632"/>
+      <w:commentRangeStart w:id="22"/>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Item G6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DA3223">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Lane Rental</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="009A388E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="22"/>
+      <w:r w:rsidR="004C3796">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:commentReference w:id="22"/>
       </w:r>
       <w:r w:rsidR="009A388E" w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="009A388E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renewal – </w:t>
+      </w:r>
+      <w:r w:rsidR="007E1AB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Under 500 m Length</w:t>
+      </w:r>
+      <w:r w:rsidR="009A388E" w:rsidRPr="00027A51">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BBABDDD" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00AC25A7" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC25A7">
         <w:t>General</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16127D50" w14:textId="02926266" w:rsidR="00CF5585" w:rsidRPr="00AC25A7" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC25A7">
         <w:t>The objective of this item is to decrease the impact of construction on road users. Lane rental charges will be assessed for the time, in hours, that the Contractor closes</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> lanes to traffic</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC25A7">
         <w:t xml:space="preserve"> (“</w:t>
       </w:r>
       <w:r w:rsidRPr="006E7C84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Lane Hours</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC25A7">
         <w:t xml:space="preserve">”). For the purpose of this item, a lane closure means the closure of a traffic lane, or </w:t>
       </w:r>
       <w:r>
         <w:t>part</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC25A7">
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t>thereof, and</w:t>
+        <w:t xml:space="preserve"> thereof, and</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC25A7">
         <w:t xml:space="preserve"> for greater clarity, means that through the installation of a traffic control setup, in accordance with Book 7, traffic needs to move to another lane. This does not include short term closures for 30 minutes or less for delivery of materials and Very Short Duration Work for 30 minutes or less as per Book 7, unless these exceptions are used inappropriately by the Contractor as determined by the </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC25A7">
         <w:t xml:space="preserve"> at its sole discretion. The Contractor shall only close traffic lanes during the hours </w:t>
       </w:r>
       <w:r>
         <w:t>specified</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC25A7">
         <w:t xml:space="preserve"> in the Supplementary Conditions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E5E181D" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="009A0723" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="009A0723">
@@ -6766,83 +6968,83 @@
     </w:p>
     <w:p w14:paraId="7465F65C" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00AC25A7" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="00AC25A7">
         <w:t>$30,000.00 will be deducted from the Contractor’s payment certificate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A91F03" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00C811A7" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBold"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC25A7">
         <w:t>Note: Negative final lane rental values will be charged to the Contractor with no maximum limit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9D5C0F" w14:textId="4D23717C" w:rsidR="00107E7F" w:rsidRPr="00107E7F" w:rsidRDefault="00107E7F" w:rsidP="00107E7F">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="22"/>
+      <w:commentRangeStart w:id="23"/>
       <w:r w:rsidRPr="00DA3223">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Item G6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DA3223">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Lane Rental</w:t>
       </w:r>
       <w:r w:rsidR="009A388E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="22"/>
+      <w:commentRangeEnd w:id="23"/>
       <w:r w:rsidR="004C3796">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="22"/>
+        <w:commentReference w:id="23"/>
       </w:r>
       <w:r w:rsidR="009A388E" w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="009A388E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Renewal / </w:t>
       </w:r>
       <w:r w:rsidR="009A388E" w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>New Construction]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A43813" w14:textId="77777777" w:rsidR="00CF5585" w:rsidRPr="00AC25A7" w:rsidRDefault="00CF5585" w:rsidP="00CF5585">
       <w:pPr>
@@ -7784,163 +7986,205 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C47463">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: Negative amounts owed to the Contractor will be deducted from payments to be made </w:t>
       </w:r>
       <w:r w:rsidRPr="00C47463">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>to the Contractor with no maximum limit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548A10AF" w14:textId="08E1CAE6" w:rsidR="001E2503" w:rsidRDefault="001E2503" w:rsidP="00AA1172">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Hlk137065448"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk137065448"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Item G</w:t>
       </w:r>
       <w:r w:rsidR="004C5469">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Paid Duty Police </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0ABA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>(Cash Allowance)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[New Construction]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="524309E0" w14:textId="20D4A5DC" w:rsidR="004B2252" w:rsidRDefault="004B2252" w:rsidP="004B2252">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Under this item, the Contractor shall provide and pay for p</w:t>
       </w:r>
       <w:r w:rsidR="00B40457">
         <w:t>aid</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> duty police officers with a police </w:t>
       </w:r>
       <w:r w:rsidR="00B40457">
         <w:t>cruiser(s)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED3893">
         <w:t xml:space="preserve">when required </w:t>
       </w:r>
       <w:r>
         <w:t>during construction</w:t>
       </w:r>
       <w:r w:rsidR="009F5734">
         <w:t xml:space="preserve"> and when </w:t>
       </w:r>
       <w:r w:rsidR="009F5734" w:rsidRPr="00044993">
         <w:t xml:space="preserve">authorized in advance by </w:t>
       </w:r>
       <w:r w:rsidR="009F5734">
         <w:t>the Owner</w:t>
       </w:r>
       <w:r w:rsidR="002558A6">
         <w:t xml:space="preserve"> in writing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DB1107" w14:textId="4A69BC69" w:rsidR="004B2252" w:rsidRDefault="004B2252" w:rsidP="004B2252">
+    <w:p w14:paraId="27DB1107" w14:textId="3B1D12E7" w:rsidR="004B2252" w:rsidRDefault="004B2252" w:rsidP="004B2252">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00B40457">
         <w:t>aid</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> duty police officers shall be utilized at signalized intersections or other traffic restriction locations during the set-up of the traffic control for construction stages, as required by the Contractor’s construction operations, the </w:t>
       </w:r>
       <w:r w:rsidR="000428C1" w:rsidRPr="000428C1">
         <w:t>Ontario Traffic Manual – Book 7 (latest edition)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E772C">
         <w:t>and when</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00957F9E">
         <w:t>indicated</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> by the Owner. </w:t>
+        <w:t xml:space="preserve"> by the Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000914C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000914C3" w:rsidRPr="000914C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paid duty officers are required to be out of </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2FB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidR="000914C3" w:rsidRPr="000914C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">police cruisers </w:t>
+      </w:r>
+      <w:r w:rsidR="006661B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>when present on Site</w:t>
+      </w:r>
+      <w:r w:rsidR="000914C3" w:rsidRPr="000914C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36AFC757" w14:textId="0D7EF624" w:rsidR="004B2252" w:rsidRDefault="004B2252" w:rsidP="004B2252">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The actual hours of required </w:t>
       </w:r>
       <w:r w:rsidR="007E772C">
         <w:t xml:space="preserve">paid duty police </w:t>
       </w:r>
       <w:r>
         <w:t>will be determined by actual traffic and construction staging conditions and through discussions between the Owner, the Contractor and the police, in response to Site-specific problems and the requirements of the Ontario Traffic Manual – Book 7</w:t>
       </w:r>
       <w:r w:rsidR="007E772C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E772C" w:rsidRPr="000428C1">
         <w:t>(latest edition)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -8616,71 +8860,71 @@
       </w:r>
       <w:r w:rsidR="00C746A3">
         <w:t xml:space="preserve"> will be made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> based on </w:t>
       </w:r>
       <w:r w:rsidR="00C746A3">
         <w:t>paid</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> invoices from the camera service provider </w:t>
       </w:r>
       <w:r w:rsidR="00C746A3">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00D354E8">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00E53B9B">
         <w:t>services provided</w:t>
       </w:r>
       <w:r w:rsidR="00C746A3" w:rsidRPr="00C746A3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="_Hlk137791827"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk137791827"/>
       <w:r w:rsidR="00C746A3" w:rsidRPr="00C746A3">
         <w:t xml:space="preserve">without any markup or additional fees. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C746A3">
         <w:t>Under no circumstances shall the Contractor be entitled to payment in excess of payments actually made to the camera service provider</w:t>
       </w:r>
       <w:r w:rsidR="00C746A3" w:rsidRPr="00C746A3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C746A3">
         <w:t xml:space="preserve"> as substantiated by</w:t>
       </w:r>
       <w:r w:rsidR="00C746A3" w:rsidRPr="00C746A3">
         <w:t xml:space="preserve"> paid</w:t>
       </w:r>
       <w:r w:rsidRPr="00C746A3">
         <w:t xml:space="preserve"> invoices.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p w14:paraId="326BB580" w14:textId="05E1EB56" w:rsidR="00DC7D70" w:rsidRPr="001318E5" w:rsidRDefault="00DC7D70" w:rsidP="00DC7D70">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001318E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Item G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="001318E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -9316,51 +9560,51 @@
       <w:r>
         <w:t xml:space="preserve">total </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve">amount paid </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">under this item shall not </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve">exceed </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">100% of </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t>the lump sum price</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for this item</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B151718" w14:textId="1FBA1EF4" w:rsidR="00BE58F8" w:rsidRPr="00BE58F8" w:rsidRDefault="00BE58F8" w:rsidP="00BE58F8">
+    <w:p w14:paraId="1B151718" w14:textId="68D3C2EC" w:rsidR="00BE58F8" w:rsidRPr="00BE58F8" w:rsidRDefault="00BE58F8" w:rsidP="00BE58F8">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE58F8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>G1</w:t>
       </w:r>
       <w:r w:rsidR="00DC7D70">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
@@ -9371,51 +9615,65 @@
       </w:r>
       <w:r w:rsidRPr="00BE58F8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Railway Flagging </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0ABA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>(Cash Allowance)</w:t>
       </w:r>
       <w:r w:rsidR="00003C22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00003C22" w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[New Construction]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00224E9F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renewal / </w:t>
+      </w:r>
+      <w:r w:rsidR="00003C22" w:rsidRPr="00027A51">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>New Construction]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1323AB78" w14:textId="1CAB058E" w:rsidR="00BE58F8" w:rsidRDefault="00BE58F8" w:rsidP="00BE58F8">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="004B2252">
         <w:t>Owner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> will cover the cost of flagging services provided by </w:t>
       </w:r>
       <w:r w:rsidR="001634C4" w:rsidRPr="008B3FB9">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="008B3FB9">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
@@ -10083,66 +10341,66 @@
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>SC 8 – Permits and Approvals</w:t>
       </w:r>
       <w:r w:rsidRPr="00A9727A">
         <w:t xml:space="preserve"> of the Supplementary Conditions</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205788AE" w14:textId="77777777" w:rsidR="003C4E5C" w:rsidRPr="00DC2C0E" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="25"/>
+      <w:commentRangeStart w:id="26"/>
       <w:r w:rsidRPr="00DC2C0E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>List all permits related to this work</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="25"/>
+      <w:commentRangeEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:commentReference w:id="25"/>
+        <w:commentReference w:id="26"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C9B5A6" w14:textId="14E3AFA4" w:rsidR="00DA642F" w:rsidRDefault="00DA642F" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA642F">
         <w:t xml:space="preserve">The Contractor shall adhere to </w:t>
       </w:r>
       <w:r w:rsidR="00C31D88">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA642F">
         <w:t xml:space="preserve">conditions </w:t>
       </w:r>
       <w:r w:rsidR="00C31D88">
         <w:t xml:space="preserve">stipulated </w:t>
       </w:r>
       <w:r w:rsidR="0077732B">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA642F">
         <w:t xml:space="preserve"> O. Reg. 387/04 (Water Taking and Transfer) </w:t>
       </w:r>
       <w:r w:rsidR="0077732B">
@@ -10340,61 +10598,61 @@
     </w:p>
     <w:p w14:paraId="7C0126CC" w14:textId="77777777" w:rsidR="003C4E5C" w:rsidRPr="004E7F33" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Flow transfer design shall accommodate all construction phasing, as applicable. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="533A4C3B" w14:textId="77777777" w:rsidR="003C4E5C" w:rsidRPr="004E7F33" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="004E7F33">
         <w:t xml:space="preserve">Temporary diversion channel shall be lined with </w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7F33">
         <w:t>iverstone</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as </w:t>
       </w:r>
-      <w:commentRangeStart w:id="26"/>
+      <w:commentRangeStart w:id="27"/>
       <w:r>
         <w:t>specified on the Drawings</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="26"/>
+      <w:commentRangeEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:commentReference w:id="26"/>
+        <w:commentReference w:id="27"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7F33">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8B5177" w14:textId="77777777" w:rsidR="003C4E5C" w:rsidRPr="004E7F33" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>The Contractor shall immediately stop a</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7F33">
         <w:t xml:space="preserve">ny fish breach or system </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that is </w:t>
       </w:r>
@@ -10824,100 +11082,100 @@
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001318E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Item G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidRPr="001318E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:commentRangeStart w:id="27"/>
+      <w:commentRangeStart w:id="28"/>
       <w:r w:rsidR="005F0BC4" w:rsidRPr="00530597">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Groundwater Dewatering System</w:t>
       </w:r>
       <w:r w:rsidR="005F0BC4" w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="27"/>
+      <w:commentRangeEnd w:id="28"/>
       <w:r w:rsidR="003509BB">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="27"/>
+        <w:commentReference w:id="28"/>
       </w:r>
       <w:r w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Renewal / </w:t>
       </w:r>
       <w:r w:rsidRPr="00027A51">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>New Construction]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF5FDBE" w14:textId="513A0A4F" w:rsidR="00521DAF" w:rsidRDefault="00521DAF" w:rsidP="00521DAF">
       <w:pPr>
         <w:pStyle w:val="OPSSRef"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Hlk171517258"/>
+      <w:bookmarkStart w:id="29" w:name="_Hlk171517258"/>
       <w:r>
         <w:t xml:space="preserve">This Specification shall be read in conjunction with </w:t>
       </w:r>
       <w:r w:rsidR="00973B84">
         <w:t>OPSS.MUNI 517 (Nov 2021</w:t>
       </w:r>
       <w:r w:rsidR="00B72169">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AEB0A91" w14:textId="4A50769E" w:rsidR="00CD0207" w:rsidRDefault="00B20646" w:rsidP="00CD0207">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00A85E2D">
         <w:t>The Contractor shall be responsible for the design, operation, and removal of</w:t>
       </w:r>
       <w:r w:rsidR="00C377BB">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="00A85E2D">
         <w:t xml:space="preserve"> dewatering</w:t>
@@ -10951,85 +11209,85 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD30A8">
         <w:t>provided</w:t>
       </w:r>
       <w:r w:rsidR="002558A6">
         <w:t xml:space="preserve"> as reference documents</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD30A8">
         <w:t xml:space="preserve"> for information purposes</w:t>
       </w:r>
       <w:r w:rsidR="00E22BD6">
         <w:t xml:space="preserve"> only</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD30A8">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E6F1D3B" w14:textId="2F30D581" w:rsidR="00704C39" w:rsidRPr="00F04435" w:rsidRDefault="00AE0016" w:rsidP="00704C39">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBullets"/>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Hlk171515002"/>
+      <w:bookmarkStart w:id="30" w:name="_Hlk171515002"/>
       <w:r w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>[</w:t>
       </w:r>
-      <w:commentRangeStart w:id="30"/>
+      <w:commentRangeStart w:id="31"/>
       <w:r w:rsidR="00704C39" w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Hydrogeological Assessment Report</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00704C39" w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-      <w:commentRangeEnd w:id="30"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:commentRangeEnd w:id="31"/>
       <w:r w:rsidR="004C3796">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:commentReference w:id="30"/>
+        <w:commentReference w:id="31"/>
       </w:r>
       <w:r w:rsidR="003E4352" w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">dated </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>[month, day, year]</w:t>
       </w:r>
       <w:r w:rsidR="003E4352" w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> prepared </w:t>
       </w:r>
       <w:r w:rsidR="00704C39" w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
@@ -11110,51 +11368,51 @@
       <w:r w:rsidR="00704C39" w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>[c</w:t>
       </w:r>
       <w:r w:rsidR="00704C39" w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>onsultant</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04435">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> name]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p w14:paraId="6D81AEC7" w14:textId="38654273" w:rsidR="009534A5" w:rsidRPr="009534A5" w:rsidRDefault="009534A5" w:rsidP="000A2C0D">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="009534A5">
         <w:t>Permits</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2C0D">
         <w:t xml:space="preserve"> and Approvals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1D5D65" w14:textId="4171873C" w:rsidR="008C6353" w:rsidRDefault="008C6353" w:rsidP="008C6353">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC2C0E">
         <w:t>The Owner has obtained</w:t>
       </w:r>
       <w:r w:rsidR="00180349">
         <w:t>, or is in the process of obtaining,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2C0E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC2C0E" w:rsidRPr="00DC2C0E">
@@ -11179,66 +11437,66 @@
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>SC 8 – Permits and Approvals</w:t>
       </w:r>
       <w:r w:rsidRPr="00A9727A">
         <w:t xml:space="preserve"> of the Supplementary Conditions</w:t>
       </w:r>
       <w:r w:rsidR="00180349">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="339823F3" w14:textId="52717D3E" w:rsidR="00DC2C0E" w:rsidRPr="00DC2C0E" w:rsidRDefault="00DC2C0E" w:rsidP="00DC2C0E">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="31"/>
+      <w:commentRangeStart w:id="32"/>
       <w:r w:rsidRPr="00DC2C0E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>List all permits related to this work</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="31"/>
+      <w:commentRangeEnd w:id="32"/>
       <w:r w:rsidR="004C3796">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:commentReference w:id="31"/>
+        <w:commentReference w:id="32"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68537348" w14:textId="49648F25" w:rsidR="007E4D72" w:rsidRPr="007E4D72" w:rsidRDefault="007E4D72" w:rsidP="00521DAF">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E1AB1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="0046186C">
@@ -11344,51 +11602,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>EASR registration]</w:t>
       </w:r>
       <w:r w:rsidRPr="007E4D72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438E1861" w14:textId="0E7D3221" w:rsidR="007E4D72" w:rsidRDefault="00964928" w:rsidP="007E4D72">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Hlk171517733"/>
+      <w:bookmarkStart w:id="33" w:name="_Hlk171517733"/>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>The Owner has completed</w:t>
       </w:r>
       <w:r w:rsidR="003A0C7C" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>, or is in the process of completing,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> the water taking registration (</w:t>
       </w:r>
       <w:r w:rsidR="00412CCE" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">road construction and construction site dewatering) in the Environmental Activity and Sector Registry (EASR) in accordance with O. Reg. 63/16 (Registrations Under Part II.2 of the Act </w:t>
       </w:r>
       <w:r w:rsidR="00BA336E" w:rsidRPr="00DA4BAC">
@@ -11444,192 +11702,192 @@
       <w:r w:rsidR="007E4D72" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="007E4D72" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>SC 8 – Permits and Approval</w:t>
       </w:r>
       <w:r w:rsidR="007E4D72" w:rsidRPr="00232D67">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="007E4D72" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Supplementary Conditions.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p w14:paraId="0172F361" w14:textId="77777777" w:rsidR="009534A5" w:rsidRPr="000A2C0D" w:rsidRDefault="009534A5" w:rsidP="000A2C0D">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="000A2C0D">
         <w:t>Groundwater Dewatering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E8E462" w14:textId="74195A2A" w:rsidR="00C27714" w:rsidRDefault="007D710C" w:rsidP="009534A5">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00C27714">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00C27714" w:rsidRPr="00F60E27">
         <w:t xml:space="preserve">Contractor shall design a dewatering system to control water </w:t>
       </w:r>
       <w:r w:rsidR="005F0BC4" w:rsidRPr="00F60E27">
         <w:t>during construction.</w:t>
       </w:r>
       <w:r w:rsidR="00C27714">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A6FD3D" w14:textId="39C86754" w:rsidR="005F0BC4" w:rsidRDefault="005F0BC4" w:rsidP="005F0BC4">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
       </w:pPr>
-      <w:commentRangeStart w:id="33"/>
+      <w:commentRangeStart w:id="34"/>
       <w:r>
         <w:t xml:space="preserve">Dewatering in excess of </w:t>
       </w:r>
       <w:r w:rsidRPr="008F26AD">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>50,000</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4BAC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF6CE0" w:rsidRPr="00DA4BAC">
         <w:t>liters per D</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4BAC">
         <w:t>ay</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is expected </w:t>
       </w:r>
       <w:r w:rsidR="00EA29FD">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00EA29FD" w:rsidRPr="00964928">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>[duration]</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="33"/>
+      <w:commentRangeEnd w:id="34"/>
       <w:r w:rsidR="004C3796">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:commentReference w:id="33"/>
+        <w:commentReference w:id="34"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="54BCCF47" w14:textId="56CF948C" w:rsidR="00521DAF" w:rsidRPr="00C66D10" w:rsidRDefault="00521DAF" w:rsidP="0055685E">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBold"/>
       </w:pPr>
       <w:r w:rsidRPr="00C66D10">
         <w:t>517.0</w:t>
       </w:r>
       <w:r w:rsidR="00A85E2D" w:rsidRPr="00C66D10">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00C66D10">
         <w:t xml:space="preserve">.02 Submission Requirements </w:t>
       </w:r>
       <w:r w:rsidRPr="00C66D10">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>is amended by the addition of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6655BAE2" w14:textId="1B3A8269" w:rsidR="00521DAF" w:rsidRPr="00C66D10" w:rsidRDefault="00521DAF" w:rsidP="004B4DFA">
       <w:pPr>
         <w:pStyle w:val="TRNSpecIndentnumbereda"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Hlk175314953"/>
+      <w:bookmarkStart w:id="35" w:name="_Hlk175314953"/>
       <w:r w:rsidRPr="00C66D10">
         <w:t>Flow meters and data loggers for each dewatering and discharge location and for the final discharge piping at all dewatering and discharge locations</w:t>
       </w:r>
       <w:r w:rsidR="00C53024" w:rsidRPr="00C66D10">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9842A1" w14:textId="3830CEE2" w:rsidR="00521DAF" w:rsidRPr="00C66D10" w:rsidRDefault="00521DAF" w:rsidP="004B4DFA">
       <w:pPr>
         <w:pStyle w:val="TRNSpecIndentnumbereda"/>
       </w:pPr>
       <w:r w:rsidRPr="00C66D10">
         <w:t xml:space="preserve">Location of generators and other noise producing equipment and the anticipated decibel levels, including any noise attenuation required </w:t>
       </w:r>
       <w:r w:rsidR="00C53024" w:rsidRPr="00C66D10">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00C66D10">
         <w:t>remain compliant</w:t>
       </w:r>
       <w:r w:rsidR="00C53024" w:rsidRPr="00C66D10">
         <w:t xml:space="preserve"> with</w:t>
       </w:r>
       <w:r w:rsidRPr="00C66D10">
         <w:t xml:space="preserve"> local noise by-law </w:t>
       </w:r>
       <w:r w:rsidRPr="003C284F">
         <w:t>requirements and a</w:t>
       </w:r>
       <w:r w:rsidR="00C53024" w:rsidRPr="003C284F">
         <w:t xml:space="preserve">ny </w:t>
       </w:r>
       <w:r w:rsidRPr="003C284F">
         <w:t>other</w:t>
       </w:r>
       <w:r w:rsidR="00C53024" w:rsidRPr="003C284F">
         <w:t xml:space="preserve"> regulations.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p w14:paraId="41D01DD0" w14:textId="1EE55730" w:rsidR="00521DAF" w:rsidRPr="00C66D10" w:rsidRDefault="00521DAF" w:rsidP="0055685E">
       <w:pPr>
         <w:pStyle w:val="TRNNormalBold"/>
       </w:pPr>
       <w:r w:rsidRPr="00C66D10">
         <w:t>517.07.0</w:t>
       </w:r>
       <w:r w:rsidR="000A4797" w:rsidRPr="00C66D10">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C66D10">
         <w:t xml:space="preserve"> Dewatering System </w:t>
       </w:r>
       <w:r w:rsidRPr="00C66D10">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>is amended by the addition of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="773EBA8D" w14:textId="0D00F0C4" w:rsidR="00521DAF" w:rsidRDefault="00521DAF" w:rsidP="00B07C8C">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:ind w:left="720"/>
@@ -11837,83 +12095,83 @@
         </w:rPr>
         <w:t xml:space="preserve">the following section </w:t>
       </w:r>
       <w:r w:rsidRPr="007E1AB1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>if not applicable]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B6FC277" w14:textId="0AD33144" w:rsidR="009534A5" w:rsidRPr="00DA4BAC" w:rsidRDefault="009534A5" w:rsidP="009534A5">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="35"/>
+      <w:commentRangeStart w:id="36"/>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Discharge to Region</w:t>
       </w:r>
       <w:r w:rsidR="002558A6" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sewers </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="35"/>
+      <w:commentRangeEnd w:id="36"/>
       <w:r w:rsidR="000915C2" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:commentReference w:id="35"/>
+        <w:commentReference w:id="36"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="59840CAC" w14:textId="6315C0D6" w:rsidR="009534A5" w:rsidRPr="00DA4BAC" w:rsidRDefault="009534A5" w:rsidP="009534A5">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">The Owner has obtained </w:t>
       </w:r>
       <w:r w:rsidR="00017BAE" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">internal </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
@@ -12195,67 +12453,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> the following section</w:t>
       </w:r>
       <w:r w:rsidRPr="007E1AB1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> if not applicable]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B90500" w14:textId="1B039E1A" w:rsidR="009534A5" w:rsidRPr="00DA4BAC" w:rsidRDefault="009534A5" w:rsidP="009534A5">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="36"/>
+      <w:commentRangeStart w:id="37"/>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">Discharge to Local Municipality Sewers </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="36"/>
+      <w:commentRangeEnd w:id="37"/>
       <w:r w:rsidR="000915C2" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:commentReference w:id="36"/>
+        <w:commentReference w:id="37"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="30019A5B" w14:textId="47418C69" w:rsidR="009534A5" w:rsidRDefault="009534A5" w:rsidP="009534A5">
       <w:pPr>
         <w:pStyle w:val="TRNNormal"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>The Owner has obtained</w:t>
       </w:r>
       <w:r w:rsidR="00B07C8C" w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>, or is in the process of obtaining,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4BAC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
@@ -12491,74 +12749,74 @@
       </w:r>
       <w:r w:rsidR="00521DAF">
         <w:t xml:space="preserve">% of the lump sum price upon satisfactory removal </w:t>
       </w:r>
       <w:r w:rsidR="00C776F6" w:rsidRPr="003C284F">
         <w:t>of the dewatering</w:t>
       </w:r>
       <w:r w:rsidR="00C776F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C776F6" w:rsidRPr="003C284F">
         <w:t>and discharge system</w:t>
       </w:r>
       <w:r w:rsidR="00C776F6">
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41714EFB" w14:textId="2DA92BEB" w:rsidR="00DC7D70" w:rsidRDefault="00521DAF" w:rsidP="00AE35B3">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Hlk172556639"/>
+      <w:bookmarkStart w:id="38" w:name="_Hlk172556639"/>
       <w:r w:rsidRPr="00521DAF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The total amount paid under this item shall not exceed 100% of the lump sum price for th</w:t>
       </w:r>
       <w:r w:rsidR="002758A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00530597">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> item.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p w14:paraId="1B14D613" w14:textId="55962313" w:rsidR="00E65BEA" w:rsidRPr="001318E5" w:rsidRDefault="00E65BEA" w:rsidP="00E65BEA">
       <w:pPr>
         <w:pStyle w:val="TRNItemNo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E3950">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Item G1</w:t>
       </w:r>
       <w:r w:rsidR="000B2672">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="004E3950">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:tab/>
@@ -12950,51 +13208,51 @@
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Item numbering in the templates must remain as is. Therefore, the assigned item numbers are not to be changed, even when items are deleted.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="3" w:author="Instructions" w:date="2024-08-13T12:08:00Z" w:initials="I">
     <w:p w14:paraId="606D7256" w14:textId="6875DB36" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Delete all references to [Renewal], [Renewal / New Construction] and [New Construction] prior to finalizing document.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="8" w:author="Instructions" w:date="2024-08-13T12:08:00Z" w:initials="I">
-    <w:p w14:paraId="6A0C2CBA" w14:textId="03E0862C" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
+    <w:p w14:paraId="6A0C2CBA" w14:textId="2DA35772" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: For contracts that are strictly electrical in nature, please use the Item G2 located below and delete this Item G2.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="9" w:author="Instructions" w:date="2024-08-13T12:09:00Z" w:initials="I">
     <w:p w14:paraId="23590EE8" w14:textId="76039851" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
@@ -13320,155 +13578,171 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="047D3B03" w14:textId="77777777" w:rsidR="006D7E15" w:rsidRDefault="006D7E15" w:rsidP="006D7E15">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For long duration contracts, typically major capital projects, or as determined by the PM, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>use Item G3C only</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and delete both Items G3A and G3B.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="21" w:author="Instructions" w:date="2024-08-13T12:10:00Z" w:initials="I">
-    <w:p w14:paraId="0C7DEBA6" w14:textId="0143DA4E" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
+  <w:comment w:id="20" w:author="Instructions" w:date="2025-10-20T12:26:00Z" w:initials="I">
+    <w:p w14:paraId="4659C00A" w14:textId="77777777" w:rsidR="006D5E91" w:rsidRDefault="000A431D" w:rsidP="006D5E91">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
+      <w:r w:rsidR="006D5E91">
+        <w:t>Designer Note: PVMS signs are used to notify road users of  important activities (e.g., milling, paving, night work) as determined by the Owner. They are not required to remain in place for the entire contract duration.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="22" w:author="Instructions" w:date="2024-08-13T12:10:00Z" w:initials="I">
+    <w:p w14:paraId="0C7DEBA6" w14:textId="2BA46591" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
       <w:r>
         <w:t>Designer Note: This version of the lane rental specification does not contain a factor of impact, and is to be used on contracts where the length of construction is less than 500 m, or as determined by the PM. If this version of the lane rental specification is being used, please delete the Item G6 below.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="22" w:author="Instructions" w:date="2024-08-13T12:11:00Z" w:initials="I">
+  <w:comment w:id="23" w:author="Instructions" w:date="2024-08-13T12:11:00Z" w:initials="I">
     <w:p w14:paraId="53A2EDE2" w14:textId="77777777" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: This version of the lane rental specification contains a factor of impact, and is to be used on contracts where the length of construction is more than 500 m, or as determined by the PM. The factor of impact gives the Region the ability to weight the impact of the lane closure on the length of the lane closure compared to the overall length of the project. If this version of the lane rental specification is being used, please delete the Item G6 above.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="25" w:author="Instructions" w:date="2024-08-13T12:12:00Z" w:initials="I">
-    <w:p w14:paraId="0B4D7C21" w14:textId="6ADC009A" w:rsidR="003C4E5C" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
+  <w:comment w:id="26" w:author="Instructions" w:date="2024-08-13T12:12:00Z" w:initials="I">
+    <w:p w14:paraId="0B4D7C21" w14:textId="78F5F31F" w:rsidR="003C4E5C" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="369FA70D" w14:textId="77777777" w:rsidR="003C4E5C" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>DFO - authorization or letter of advice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25D865E1" w14:textId="77777777" w:rsidR="003C4E5C" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>MECP - permit or letter of advice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C93F81" w14:textId="77777777" w:rsidR="003C4E5C" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>Conservation Authority - permit</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="26" w:author="Instructions" w:date="2024-08-13T12:13:00Z" w:initials="I">
+  <w:comment w:id="27" w:author="Instructions" w:date="2024-08-13T12:13:00Z" w:initials="I">
     <w:p w14:paraId="33E1E09B" w14:textId="77777777" w:rsidR="003C4E5C" w:rsidRDefault="003C4E5C" w:rsidP="003C4E5C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: specify size if not shown on Drawings.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="27" w:author="Instructions" w:date="2024-08-23T11:48:00Z" w:initials="I">
+  <w:comment w:id="28" w:author="Instructions" w:date="2024-08-23T11:48:00Z" w:initials="I">
     <w:p w14:paraId="1AC8865D" w14:textId="77777777" w:rsidR="003509BB" w:rsidRDefault="003509BB" w:rsidP="003509BB">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: This Item G15 specification is to be used on long duration contracts, typically new construction projects, or as determined by the PM. If this version of the dewatering specification is being used, please delete Item S003 from Structural Specifications.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="30" w:author="Instructions" w:date="2024-08-13T12:11:00Z" w:initials="I">
+  <w:comment w:id="31" w:author="Instructions" w:date="2024-08-13T12:11:00Z" w:initials="I">
     <w:p w14:paraId="4918058E" w14:textId="10EC6D4C" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: confirm the Hydrogeological Assessment Plan addresses the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="399A0396" w14:textId="77777777" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dewatering </w:t>
       </w:r>
@@ -13476,194 +13750,197 @@
     <w:p w14:paraId="648853A7" w14:textId="77777777" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Discharge Management </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F585FB9" w14:textId="77777777" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Monitoring and Mitigation </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="31" w:author="Instructions" w:date="2024-08-13T12:12:00Z" w:initials="I">
+  <w:comment w:id="32" w:author="Instructions" w:date="2024-08-13T12:12:00Z" w:initials="I">
     <w:p w14:paraId="5210E2A8" w14:textId="03B31AFC" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD42164" w14:textId="77777777" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>DFO - authorization or letter of advice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2111FBC8" w14:textId="77777777" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>MECP - permit or letter of advice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0102C5" w14:textId="77777777" w:rsidR="004C3796" w:rsidRDefault="004C3796" w:rsidP="004C3796">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>Conservation Authority - permit</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="33" w:author="Instructions" w:date="2024-08-13T12:16:00Z" w:initials="I">
+  <w:comment w:id="34" w:author="Instructions" w:date="2024-08-13T12:16:00Z" w:initials="I">
     <w:p w14:paraId="002DBED1" w14:textId="77777777" w:rsidR="00F1370D" w:rsidRDefault="004C3796" w:rsidP="00F1370D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00F1370D">
         <w:t>Designer Note: identify anticipated daily volume and duration.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="35" w:author="Instructions" w:date="2025-06-27T11:42:00Z" w:initials="I">
+  <w:comment w:id="36" w:author="Instructions" w:date="2025-06-27T11:42:00Z" w:initials="I">
     <w:p w14:paraId="34A868C0" w14:textId="04558C90" w:rsidR="000915C2" w:rsidRDefault="000915C2" w:rsidP="000915C2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: York Region capital projects are exempt from sewer use bylaw permits and fees, however, internal approval to discharge to Region sewers is required.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="36" w:author="Instructions" w:date="2025-06-27T11:45:00Z" w:initials="I">
+  <w:comment w:id="37" w:author="Instructions" w:date="2025-06-27T11:45:00Z" w:initials="I">
     <w:p w14:paraId="0BB7E131" w14:textId="6ACC3D85" w:rsidR="000915C2" w:rsidRDefault="000915C2" w:rsidP="000915C2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Designer Note: Approval from the local municipality is required when dewatering activity is located in the Cities of Markham, Richmond Hill or Vaughan or the Town of Newmarket.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="22C9865F" w15:done="0"/>
   <w15:commentEx w15:paraId="606D7256" w15:done="0"/>
   <w15:commentEx w15:paraId="6A0C2CBA" w15:done="0"/>
   <w15:commentEx w15:paraId="23590EE8" w15:done="0"/>
   <w15:commentEx w15:paraId="1BA3A03D" w15:done="0"/>
   <w15:commentEx w15:paraId="4FED9B63" w15:done="0"/>
   <w15:commentEx w15:paraId="047D3B03" w15:done="0"/>
+  <w15:commentEx w15:paraId="4659C00A" w15:done="0"/>
   <w15:commentEx w15:paraId="0C7DEBA6" w15:done="0"/>
   <w15:commentEx w15:paraId="53A2EDE2" w15:done="0"/>
   <w15:commentEx w15:paraId="79C93F81" w15:done="0"/>
   <w15:commentEx w15:paraId="33E1E09B" w15:done="0"/>
   <w15:commentEx w15:paraId="1AC8865D" w15:done="0"/>
   <w15:commentEx w15:paraId="4F585FB9" w15:done="0"/>
   <w15:commentEx w15:paraId="4E0102C5" w15:done="0"/>
   <w15:commentEx w15:paraId="002DBED1" w15:done="0"/>
   <w15:commentEx w15:paraId="34A868C0" w15:done="0"/>
   <w15:commentEx w15:paraId="0BB7E131" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="2A65CB17" w16cex:dateUtc="2024-08-13T16:07:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65CB34" w16cex:dateUtc="2024-08-13T16:08:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65CB5A" w16cex:dateUtc="2024-08-13T16:08:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65CB70" w16cex:dateUtc="2024-08-13T16:09:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65CB81" w16cex:dateUtc="2024-08-13T16:09:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="46885C71" w16cex:dateUtc="2025-08-21T22:43:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="6E32C56D" w16cex:dateUtc="2025-08-21T22:43:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="653008EE" w16cex:dateUtc="2025-10-20T16:26:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65CBC5" w16cex:dateUtc="2024-08-13T16:10:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65CBDA" w16cex:dateUtc="2024-08-13T16:11:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A71C3BF" w16cex:dateUtc="2024-08-13T16:12:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A71C3B8" w16cex:dateUtc="2024-08-13T16:13:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A72F595" w16cex:dateUtc="2024-08-23T15:48:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65CC0A" w16cex:dateUtc="2024-08-13T16:11:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65CC27" w16cex:dateUtc="2024-08-13T16:12:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2A65CD00" w16cex:dateUtc="2024-08-13T16:16:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="6EB09C0B" w16cex:dateUtc="2025-06-27T15:42:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="31C755D0" w16cex:dateUtc="2025-06-27T15:45:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="22C9865F" w16cid:durableId="2A65CB17"/>
   <w16cid:commentId w16cid:paraId="606D7256" w16cid:durableId="2A65CB34"/>
   <w16cid:commentId w16cid:paraId="6A0C2CBA" w16cid:durableId="2A65CB5A"/>
   <w16cid:commentId w16cid:paraId="23590EE8" w16cid:durableId="2A65CB70"/>
   <w16cid:commentId w16cid:paraId="1BA3A03D" w16cid:durableId="2A65CB81"/>
   <w16cid:commentId w16cid:paraId="4FED9B63" w16cid:durableId="46885C71"/>
   <w16cid:commentId w16cid:paraId="047D3B03" w16cid:durableId="6E32C56D"/>
+  <w16cid:commentId w16cid:paraId="4659C00A" w16cid:durableId="653008EE"/>
   <w16cid:commentId w16cid:paraId="0C7DEBA6" w16cid:durableId="2A65CBC5"/>
   <w16cid:commentId w16cid:paraId="53A2EDE2" w16cid:durableId="2A65CBDA"/>
   <w16cid:commentId w16cid:paraId="79C93F81" w16cid:durableId="2A71C3BF"/>
   <w16cid:commentId w16cid:paraId="33E1E09B" w16cid:durableId="2A71C3B8"/>
   <w16cid:commentId w16cid:paraId="1AC8865D" w16cid:durableId="2A72F595"/>
   <w16cid:commentId w16cid:paraId="4F585FB9" w16cid:durableId="2A65CC0A"/>
   <w16cid:commentId w16cid:paraId="4E0102C5" w16cid:durableId="2A65CC27"/>
   <w16cid:commentId w16cid:paraId="002DBED1" w16cid:durableId="2A65CD00"/>
   <w16cid:commentId w16cid:paraId="34A868C0" w16cid:durableId="6EB09C0B"/>
   <w16cid:commentId w16cid:paraId="0BB7E131" w16cid:durableId="31C755D0"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="70DABB2B" w14:textId="77777777" w:rsidR="001322A2" w:rsidRDefault="001322A2" w:rsidP="001322A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -18860,699 +19137,761 @@
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="70975962">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="707607647">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1850103095">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Instructions">
     <w15:presenceInfo w15:providerId="None" w15:userId="Instructions"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA773D"/>
+    <w:rsid w:val="00000B4A"/>
     <w:rsid w:val="00003C22"/>
     <w:rsid w:val="00005157"/>
     <w:rsid w:val="00005CA1"/>
     <w:rsid w:val="00007CE2"/>
     <w:rsid w:val="00007FF2"/>
     <w:rsid w:val="00017BAE"/>
     <w:rsid w:val="00020CE5"/>
     <w:rsid w:val="000212E8"/>
     <w:rsid w:val="0002511A"/>
     <w:rsid w:val="000275BA"/>
     <w:rsid w:val="00027A51"/>
     <w:rsid w:val="000414CF"/>
     <w:rsid w:val="00041D8D"/>
     <w:rsid w:val="000428C1"/>
     <w:rsid w:val="00045E8B"/>
+    <w:rsid w:val="000463BD"/>
     <w:rsid w:val="00051CA2"/>
     <w:rsid w:val="00061DC0"/>
     <w:rsid w:val="000646AC"/>
     <w:rsid w:val="00073FD1"/>
     <w:rsid w:val="00081211"/>
     <w:rsid w:val="00082011"/>
     <w:rsid w:val="00082B8F"/>
     <w:rsid w:val="00086927"/>
     <w:rsid w:val="00090BA4"/>
+    <w:rsid w:val="000914C3"/>
     <w:rsid w:val="000915C2"/>
     <w:rsid w:val="00092C33"/>
     <w:rsid w:val="00092D11"/>
     <w:rsid w:val="00095D7F"/>
     <w:rsid w:val="000A2C0D"/>
+    <w:rsid w:val="000A431D"/>
     <w:rsid w:val="000A4797"/>
     <w:rsid w:val="000B105F"/>
     <w:rsid w:val="000B2672"/>
     <w:rsid w:val="000B3FE8"/>
     <w:rsid w:val="000B5962"/>
     <w:rsid w:val="000B5A82"/>
     <w:rsid w:val="000C0BDB"/>
     <w:rsid w:val="000C3B06"/>
     <w:rsid w:val="000C5A26"/>
     <w:rsid w:val="000C64C3"/>
     <w:rsid w:val="000D6FCB"/>
     <w:rsid w:val="000E1293"/>
     <w:rsid w:val="000E2346"/>
     <w:rsid w:val="000E344B"/>
     <w:rsid w:val="000F4E81"/>
     <w:rsid w:val="0010498F"/>
     <w:rsid w:val="00104DD0"/>
     <w:rsid w:val="0010670B"/>
     <w:rsid w:val="00106CF9"/>
     <w:rsid w:val="00107E7F"/>
+    <w:rsid w:val="00117BD5"/>
     <w:rsid w:val="0012331B"/>
     <w:rsid w:val="00131C92"/>
     <w:rsid w:val="0013206D"/>
     <w:rsid w:val="001322A2"/>
     <w:rsid w:val="001363DA"/>
     <w:rsid w:val="00142AEF"/>
     <w:rsid w:val="00145BD1"/>
     <w:rsid w:val="00152214"/>
     <w:rsid w:val="001532B1"/>
     <w:rsid w:val="00155872"/>
     <w:rsid w:val="00162F4D"/>
     <w:rsid w:val="001634C4"/>
     <w:rsid w:val="0016406F"/>
     <w:rsid w:val="00166326"/>
     <w:rsid w:val="00171ED3"/>
     <w:rsid w:val="00177D21"/>
     <w:rsid w:val="00180349"/>
     <w:rsid w:val="001864A9"/>
     <w:rsid w:val="00187C9F"/>
     <w:rsid w:val="00195124"/>
     <w:rsid w:val="001A5699"/>
     <w:rsid w:val="001B4785"/>
     <w:rsid w:val="001B5B05"/>
     <w:rsid w:val="001B7015"/>
     <w:rsid w:val="001C19D5"/>
     <w:rsid w:val="001C44F7"/>
     <w:rsid w:val="001D00CD"/>
     <w:rsid w:val="001D04A1"/>
     <w:rsid w:val="001D12D6"/>
     <w:rsid w:val="001D6F9A"/>
     <w:rsid w:val="001E2503"/>
+    <w:rsid w:val="001E2E67"/>
     <w:rsid w:val="001F0FB2"/>
     <w:rsid w:val="001F1C34"/>
     <w:rsid w:val="001F2970"/>
     <w:rsid w:val="001F445A"/>
     <w:rsid w:val="001F50C4"/>
     <w:rsid w:val="00203C73"/>
     <w:rsid w:val="00214881"/>
     <w:rsid w:val="002167D0"/>
     <w:rsid w:val="002169B3"/>
+    <w:rsid w:val="00224E9F"/>
     <w:rsid w:val="00232D67"/>
     <w:rsid w:val="00236218"/>
     <w:rsid w:val="00237C9B"/>
+    <w:rsid w:val="00240A9B"/>
+    <w:rsid w:val="00241F2F"/>
     <w:rsid w:val="00246E82"/>
     <w:rsid w:val="0025322F"/>
     <w:rsid w:val="00254219"/>
     <w:rsid w:val="002558A6"/>
     <w:rsid w:val="002562F5"/>
     <w:rsid w:val="00260CF8"/>
     <w:rsid w:val="00260F11"/>
     <w:rsid w:val="00261916"/>
     <w:rsid w:val="00262F3C"/>
     <w:rsid w:val="00264090"/>
     <w:rsid w:val="00264ECC"/>
     <w:rsid w:val="002756AB"/>
     <w:rsid w:val="002756DC"/>
     <w:rsid w:val="002758A0"/>
     <w:rsid w:val="00277437"/>
     <w:rsid w:val="00281DD6"/>
     <w:rsid w:val="00283E34"/>
+    <w:rsid w:val="002845C7"/>
     <w:rsid w:val="00286118"/>
     <w:rsid w:val="00291623"/>
     <w:rsid w:val="00295854"/>
     <w:rsid w:val="00296877"/>
+    <w:rsid w:val="00297EEF"/>
     <w:rsid w:val="002A3088"/>
     <w:rsid w:val="002A3B01"/>
     <w:rsid w:val="002A43D3"/>
     <w:rsid w:val="002A447E"/>
     <w:rsid w:val="002B1E90"/>
     <w:rsid w:val="002C4A9F"/>
     <w:rsid w:val="002C6B79"/>
+    <w:rsid w:val="002C716B"/>
     <w:rsid w:val="002C79C1"/>
     <w:rsid w:val="002D23FE"/>
     <w:rsid w:val="002D35EA"/>
     <w:rsid w:val="002D3989"/>
     <w:rsid w:val="002D48D4"/>
     <w:rsid w:val="002E5D7C"/>
     <w:rsid w:val="002F06A1"/>
     <w:rsid w:val="002F101F"/>
     <w:rsid w:val="0030197A"/>
     <w:rsid w:val="00304DA8"/>
     <w:rsid w:val="0030547E"/>
     <w:rsid w:val="00314701"/>
+    <w:rsid w:val="0032107E"/>
     <w:rsid w:val="00330AD4"/>
     <w:rsid w:val="0033140E"/>
+    <w:rsid w:val="003353A2"/>
     <w:rsid w:val="003413F4"/>
     <w:rsid w:val="003433ED"/>
     <w:rsid w:val="003509BB"/>
     <w:rsid w:val="003550F7"/>
     <w:rsid w:val="0036534D"/>
     <w:rsid w:val="003709D1"/>
     <w:rsid w:val="0037556B"/>
     <w:rsid w:val="00381616"/>
     <w:rsid w:val="00390B69"/>
     <w:rsid w:val="003921C0"/>
     <w:rsid w:val="003951B6"/>
     <w:rsid w:val="003A0C7C"/>
     <w:rsid w:val="003A2778"/>
     <w:rsid w:val="003A30AC"/>
     <w:rsid w:val="003A45B4"/>
     <w:rsid w:val="003B0ABA"/>
     <w:rsid w:val="003B3F05"/>
     <w:rsid w:val="003B5FE5"/>
+    <w:rsid w:val="003B6895"/>
     <w:rsid w:val="003B7A1F"/>
     <w:rsid w:val="003C284F"/>
     <w:rsid w:val="003C494F"/>
     <w:rsid w:val="003C4E5C"/>
     <w:rsid w:val="003C6532"/>
     <w:rsid w:val="003D306F"/>
     <w:rsid w:val="003D40B4"/>
     <w:rsid w:val="003D43B3"/>
     <w:rsid w:val="003D565D"/>
     <w:rsid w:val="003D75E3"/>
     <w:rsid w:val="003E00DE"/>
     <w:rsid w:val="003E321E"/>
     <w:rsid w:val="003E4352"/>
     <w:rsid w:val="003E5471"/>
     <w:rsid w:val="003F0110"/>
     <w:rsid w:val="003F79C6"/>
     <w:rsid w:val="003F7E56"/>
     <w:rsid w:val="004007E6"/>
     <w:rsid w:val="00406A44"/>
     <w:rsid w:val="0040748B"/>
     <w:rsid w:val="00410A32"/>
     <w:rsid w:val="00412323"/>
     <w:rsid w:val="00412CCE"/>
     <w:rsid w:val="00416329"/>
     <w:rsid w:val="00433C09"/>
     <w:rsid w:val="004419C3"/>
     <w:rsid w:val="004455EC"/>
     <w:rsid w:val="0046186C"/>
     <w:rsid w:val="00475E18"/>
     <w:rsid w:val="00482E36"/>
     <w:rsid w:val="004927A3"/>
     <w:rsid w:val="00496198"/>
     <w:rsid w:val="004B2252"/>
     <w:rsid w:val="004B24A6"/>
+    <w:rsid w:val="004B3ABE"/>
     <w:rsid w:val="004B4DFA"/>
     <w:rsid w:val="004B7D3E"/>
     <w:rsid w:val="004C3796"/>
     <w:rsid w:val="004C4C44"/>
     <w:rsid w:val="004C5469"/>
     <w:rsid w:val="004D431F"/>
+    <w:rsid w:val="004D5615"/>
     <w:rsid w:val="004E0945"/>
     <w:rsid w:val="004E3950"/>
+    <w:rsid w:val="004E4CD5"/>
     <w:rsid w:val="004E6B90"/>
     <w:rsid w:val="004E7F33"/>
     <w:rsid w:val="004F7317"/>
     <w:rsid w:val="00503976"/>
     <w:rsid w:val="0050531A"/>
     <w:rsid w:val="00505A39"/>
     <w:rsid w:val="00510CE9"/>
     <w:rsid w:val="00511321"/>
     <w:rsid w:val="0051234C"/>
     <w:rsid w:val="00516A03"/>
     <w:rsid w:val="0051768A"/>
     <w:rsid w:val="00521DAF"/>
     <w:rsid w:val="00530557"/>
     <w:rsid w:val="00530597"/>
     <w:rsid w:val="005373A0"/>
+    <w:rsid w:val="00542D96"/>
     <w:rsid w:val="00550C43"/>
     <w:rsid w:val="00552B26"/>
     <w:rsid w:val="0055685E"/>
     <w:rsid w:val="0055695C"/>
     <w:rsid w:val="00560379"/>
     <w:rsid w:val="00564CD6"/>
     <w:rsid w:val="00565C17"/>
     <w:rsid w:val="00567BE7"/>
     <w:rsid w:val="005917C9"/>
     <w:rsid w:val="00593F25"/>
     <w:rsid w:val="00594A3D"/>
     <w:rsid w:val="00596D52"/>
+    <w:rsid w:val="00597D15"/>
     <w:rsid w:val="005A1EBA"/>
     <w:rsid w:val="005A2F14"/>
+    <w:rsid w:val="005A5A78"/>
     <w:rsid w:val="005A61DF"/>
     <w:rsid w:val="005A6FFD"/>
     <w:rsid w:val="005B0F41"/>
     <w:rsid w:val="005B1C53"/>
     <w:rsid w:val="005B3516"/>
     <w:rsid w:val="005B698C"/>
     <w:rsid w:val="005B70BA"/>
+    <w:rsid w:val="005B7CC7"/>
     <w:rsid w:val="005C0E02"/>
     <w:rsid w:val="005C10EA"/>
     <w:rsid w:val="005C1682"/>
+    <w:rsid w:val="005C222D"/>
     <w:rsid w:val="005C6E96"/>
     <w:rsid w:val="005D252C"/>
+    <w:rsid w:val="005D2FB0"/>
     <w:rsid w:val="005D440B"/>
     <w:rsid w:val="005D7748"/>
     <w:rsid w:val="005D7A67"/>
     <w:rsid w:val="005E36C3"/>
     <w:rsid w:val="005E670D"/>
     <w:rsid w:val="005F0BC4"/>
     <w:rsid w:val="005F20CD"/>
     <w:rsid w:val="005F5C86"/>
+    <w:rsid w:val="005F729D"/>
     <w:rsid w:val="00604D93"/>
     <w:rsid w:val="00605B52"/>
     <w:rsid w:val="0061307A"/>
     <w:rsid w:val="00614EE5"/>
     <w:rsid w:val="00622138"/>
     <w:rsid w:val="0063335E"/>
     <w:rsid w:val="00634B11"/>
     <w:rsid w:val="006351DE"/>
     <w:rsid w:val="006364C5"/>
     <w:rsid w:val="00642B09"/>
     <w:rsid w:val="00644571"/>
     <w:rsid w:val="006460CC"/>
     <w:rsid w:val="00650479"/>
     <w:rsid w:val="0065160C"/>
     <w:rsid w:val="00653E8B"/>
     <w:rsid w:val="00655705"/>
     <w:rsid w:val="00657C07"/>
     <w:rsid w:val="00661A1D"/>
+    <w:rsid w:val="006661B7"/>
     <w:rsid w:val="0067424A"/>
     <w:rsid w:val="00681384"/>
     <w:rsid w:val="00681EAF"/>
     <w:rsid w:val="00683DE2"/>
     <w:rsid w:val="00690D93"/>
     <w:rsid w:val="006A0C4E"/>
+    <w:rsid w:val="006A55C6"/>
     <w:rsid w:val="006A5D3C"/>
     <w:rsid w:val="006B1AA9"/>
     <w:rsid w:val="006B5545"/>
     <w:rsid w:val="006B64A8"/>
     <w:rsid w:val="006B7E49"/>
     <w:rsid w:val="006C3FC6"/>
     <w:rsid w:val="006D0BA1"/>
+    <w:rsid w:val="006D44FB"/>
+    <w:rsid w:val="006D5E91"/>
     <w:rsid w:val="006D7E15"/>
     <w:rsid w:val="006E0C6B"/>
     <w:rsid w:val="006E2CE0"/>
     <w:rsid w:val="006E7C84"/>
     <w:rsid w:val="006F21F6"/>
     <w:rsid w:val="006F48ED"/>
     <w:rsid w:val="006F7874"/>
     <w:rsid w:val="00700835"/>
     <w:rsid w:val="00702F4D"/>
     <w:rsid w:val="00704C39"/>
     <w:rsid w:val="00705E4B"/>
     <w:rsid w:val="00706948"/>
     <w:rsid w:val="00706C88"/>
     <w:rsid w:val="00707D2E"/>
     <w:rsid w:val="007129A5"/>
     <w:rsid w:val="00715E8C"/>
+    <w:rsid w:val="007163CE"/>
     <w:rsid w:val="00716EA4"/>
     <w:rsid w:val="00725FAF"/>
     <w:rsid w:val="0072616E"/>
     <w:rsid w:val="00732DD0"/>
     <w:rsid w:val="0073442F"/>
     <w:rsid w:val="00737B34"/>
     <w:rsid w:val="0074663B"/>
     <w:rsid w:val="00746E53"/>
     <w:rsid w:val="0077637A"/>
     <w:rsid w:val="00776F2D"/>
     <w:rsid w:val="0077732B"/>
     <w:rsid w:val="00792931"/>
     <w:rsid w:val="0079360A"/>
     <w:rsid w:val="007A63AD"/>
     <w:rsid w:val="007B6ECB"/>
     <w:rsid w:val="007C101B"/>
     <w:rsid w:val="007C30DB"/>
     <w:rsid w:val="007C7411"/>
+    <w:rsid w:val="007D0766"/>
+    <w:rsid w:val="007D12BF"/>
     <w:rsid w:val="007D344A"/>
     <w:rsid w:val="007D5A56"/>
     <w:rsid w:val="007D710C"/>
     <w:rsid w:val="007E0534"/>
+    <w:rsid w:val="007E0DE1"/>
     <w:rsid w:val="007E1AB1"/>
     <w:rsid w:val="007E4D72"/>
     <w:rsid w:val="007E54CF"/>
     <w:rsid w:val="007E6DF2"/>
     <w:rsid w:val="007E772C"/>
+    <w:rsid w:val="007F38DC"/>
     <w:rsid w:val="007F559E"/>
     <w:rsid w:val="007F5CF7"/>
     <w:rsid w:val="007F7BF0"/>
     <w:rsid w:val="00800FE2"/>
     <w:rsid w:val="008078E2"/>
     <w:rsid w:val="00807972"/>
     <w:rsid w:val="00814CCC"/>
     <w:rsid w:val="00820D44"/>
     <w:rsid w:val="00824334"/>
     <w:rsid w:val="00827159"/>
     <w:rsid w:val="00837FA6"/>
     <w:rsid w:val="0084064E"/>
+    <w:rsid w:val="00845881"/>
     <w:rsid w:val="00850AB5"/>
     <w:rsid w:val="00854E54"/>
     <w:rsid w:val="0086447B"/>
     <w:rsid w:val="0086462A"/>
     <w:rsid w:val="008649BC"/>
     <w:rsid w:val="008663F1"/>
     <w:rsid w:val="00866B52"/>
     <w:rsid w:val="008670CC"/>
     <w:rsid w:val="00867C07"/>
     <w:rsid w:val="00877B81"/>
+    <w:rsid w:val="00885B0F"/>
     <w:rsid w:val="00886CD4"/>
     <w:rsid w:val="008956BA"/>
     <w:rsid w:val="008B16DF"/>
     <w:rsid w:val="008B2E59"/>
     <w:rsid w:val="008B3FB9"/>
     <w:rsid w:val="008B4808"/>
+    <w:rsid w:val="008B591F"/>
     <w:rsid w:val="008B7F70"/>
     <w:rsid w:val="008C6353"/>
     <w:rsid w:val="008D5F6C"/>
     <w:rsid w:val="008D63F5"/>
     <w:rsid w:val="008E2ED4"/>
     <w:rsid w:val="008E5342"/>
     <w:rsid w:val="008F25ED"/>
     <w:rsid w:val="008F26AD"/>
     <w:rsid w:val="008F401F"/>
     <w:rsid w:val="008F6E58"/>
     <w:rsid w:val="00903875"/>
     <w:rsid w:val="00904A61"/>
     <w:rsid w:val="009062BB"/>
     <w:rsid w:val="00922B08"/>
     <w:rsid w:val="00924065"/>
     <w:rsid w:val="00927251"/>
     <w:rsid w:val="00927B22"/>
     <w:rsid w:val="00932294"/>
     <w:rsid w:val="009341A2"/>
     <w:rsid w:val="0093462E"/>
     <w:rsid w:val="0094128E"/>
     <w:rsid w:val="0095061A"/>
     <w:rsid w:val="009534A5"/>
     <w:rsid w:val="00957F9E"/>
     <w:rsid w:val="00961CA1"/>
     <w:rsid w:val="00964928"/>
     <w:rsid w:val="00967AAA"/>
     <w:rsid w:val="009711B0"/>
     <w:rsid w:val="00973B84"/>
+    <w:rsid w:val="0097405B"/>
     <w:rsid w:val="0098267B"/>
+    <w:rsid w:val="00985704"/>
     <w:rsid w:val="009857A1"/>
     <w:rsid w:val="009915DF"/>
     <w:rsid w:val="009934B1"/>
     <w:rsid w:val="009968E0"/>
+    <w:rsid w:val="00997839"/>
     <w:rsid w:val="009A0723"/>
     <w:rsid w:val="009A2717"/>
     <w:rsid w:val="009A2BD3"/>
     <w:rsid w:val="009A388E"/>
     <w:rsid w:val="009B0302"/>
     <w:rsid w:val="009B2990"/>
     <w:rsid w:val="009B6D79"/>
     <w:rsid w:val="009C3698"/>
     <w:rsid w:val="009D6044"/>
     <w:rsid w:val="009E4C4B"/>
     <w:rsid w:val="009E5C7E"/>
     <w:rsid w:val="009E6A34"/>
     <w:rsid w:val="009F1A2B"/>
     <w:rsid w:val="009F39EB"/>
     <w:rsid w:val="009F4030"/>
     <w:rsid w:val="009F5734"/>
     <w:rsid w:val="00A011F3"/>
     <w:rsid w:val="00A01B12"/>
     <w:rsid w:val="00A03938"/>
     <w:rsid w:val="00A06C25"/>
     <w:rsid w:val="00A1506D"/>
     <w:rsid w:val="00A15F49"/>
     <w:rsid w:val="00A1728F"/>
     <w:rsid w:val="00A33FE9"/>
     <w:rsid w:val="00A3587E"/>
     <w:rsid w:val="00A3706C"/>
     <w:rsid w:val="00A44484"/>
     <w:rsid w:val="00A50426"/>
     <w:rsid w:val="00A54FDE"/>
     <w:rsid w:val="00A624FB"/>
     <w:rsid w:val="00A64BEA"/>
     <w:rsid w:val="00A66A25"/>
     <w:rsid w:val="00A71C3F"/>
     <w:rsid w:val="00A80FBB"/>
     <w:rsid w:val="00A83EE1"/>
     <w:rsid w:val="00A85E2D"/>
+    <w:rsid w:val="00A91BDB"/>
     <w:rsid w:val="00A9727A"/>
     <w:rsid w:val="00AA03D8"/>
     <w:rsid w:val="00AA1172"/>
     <w:rsid w:val="00AA1569"/>
+    <w:rsid w:val="00AA3F46"/>
     <w:rsid w:val="00AC293B"/>
     <w:rsid w:val="00AC7285"/>
     <w:rsid w:val="00AD2B67"/>
     <w:rsid w:val="00AE0016"/>
     <w:rsid w:val="00AE16AB"/>
     <w:rsid w:val="00AE1F8D"/>
     <w:rsid w:val="00AE35B3"/>
     <w:rsid w:val="00AE3D4F"/>
     <w:rsid w:val="00AE5497"/>
     <w:rsid w:val="00AE5CBE"/>
     <w:rsid w:val="00AE5DF8"/>
     <w:rsid w:val="00AE7275"/>
     <w:rsid w:val="00AE7912"/>
     <w:rsid w:val="00AE7E52"/>
     <w:rsid w:val="00AF48F0"/>
     <w:rsid w:val="00AF5BF9"/>
     <w:rsid w:val="00AF6CE0"/>
     <w:rsid w:val="00B065DC"/>
     <w:rsid w:val="00B07C8C"/>
     <w:rsid w:val="00B10547"/>
+    <w:rsid w:val="00B131E7"/>
     <w:rsid w:val="00B1402E"/>
     <w:rsid w:val="00B20646"/>
     <w:rsid w:val="00B21D9B"/>
     <w:rsid w:val="00B227DB"/>
     <w:rsid w:val="00B24510"/>
     <w:rsid w:val="00B26154"/>
     <w:rsid w:val="00B33302"/>
     <w:rsid w:val="00B3639C"/>
     <w:rsid w:val="00B37258"/>
     <w:rsid w:val="00B37B2E"/>
     <w:rsid w:val="00B40457"/>
     <w:rsid w:val="00B55BBF"/>
     <w:rsid w:val="00B57C4D"/>
     <w:rsid w:val="00B60158"/>
     <w:rsid w:val="00B60677"/>
     <w:rsid w:val="00B701DE"/>
+    <w:rsid w:val="00B7058C"/>
     <w:rsid w:val="00B72169"/>
     <w:rsid w:val="00B7769F"/>
     <w:rsid w:val="00B81604"/>
     <w:rsid w:val="00B8176C"/>
     <w:rsid w:val="00B831B6"/>
     <w:rsid w:val="00B85D33"/>
     <w:rsid w:val="00B875BE"/>
     <w:rsid w:val="00B87E53"/>
     <w:rsid w:val="00B92CD0"/>
     <w:rsid w:val="00B931F6"/>
     <w:rsid w:val="00BA1D51"/>
     <w:rsid w:val="00BA1F57"/>
     <w:rsid w:val="00BA336E"/>
     <w:rsid w:val="00BA4705"/>
     <w:rsid w:val="00BA4ED8"/>
     <w:rsid w:val="00BA5725"/>
     <w:rsid w:val="00BB3051"/>
     <w:rsid w:val="00BB34AE"/>
     <w:rsid w:val="00BD30A8"/>
     <w:rsid w:val="00BD3C8C"/>
     <w:rsid w:val="00BD5781"/>
     <w:rsid w:val="00BD5834"/>
     <w:rsid w:val="00BE3C68"/>
     <w:rsid w:val="00BE58F8"/>
     <w:rsid w:val="00BF02D2"/>
     <w:rsid w:val="00BF0F2D"/>
     <w:rsid w:val="00BF6BF2"/>
     <w:rsid w:val="00C005B9"/>
     <w:rsid w:val="00C0193A"/>
     <w:rsid w:val="00C14623"/>
     <w:rsid w:val="00C147AD"/>
+    <w:rsid w:val="00C203A4"/>
     <w:rsid w:val="00C21EFC"/>
     <w:rsid w:val="00C232DC"/>
     <w:rsid w:val="00C25D36"/>
     <w:rsid w:val="00C27714"/>
     <w:rsid w:val="00C31D88"/>
     <w:rsid w:val="00C329E3"/>
+    <w:rsid w:val="00C3429C"/>
     <w:rsid w:val="00C35C3A"/>
     <w:rsid w:val="00C377BB"/>
     <w:rsid w:val="00C53024"/>
+    <w:rsid w:val="00C5342D"/>
+    <w:rsid w:val="00C545D9"/>
     <w:rsid w:val="00C635F3"/>
     <w:rsid w:val="00C66D10"/>
     <w:rsid w:val="00C66E48"/>
     <w:rsid w:val="00C74269"/>
     <w:rsid w:val="00C746A3"/>
     <w:rsid w:val="00C776F6"/>
     <w:rsid w:val="00C80DE1"/>
     <w:rsid w:val="00C811A7"/>
     <w:rsid w:val="00C811D6"/>
     <w:rsid w:val="00C94DCE"/>
     <w:rsid w:val="00C96ADD"/>
+    <w:rsid w:val="00CB399E"/>
     <w:rsid w:val="00CB3AF8"/>
     <w:rsid w:val="00CC0A81"/>
     <w:rsid w:val="00CC4DE8"/>
     <w:rsid w:val="00CC77F5"/>
     <w:rsid w:val="00CD0207"/>
     <w:rsid w:val="00CD0440"/>
     <w:rsid w:val="00CF0907"/>
     <w:rsid w:val="00CF0B04"/>
     <w:rsid w:val="00CF5585"/>
     <w:rsid w:val="00CF7543"/>
     <w:rsid w:val="00D01D69"/>
     <w:rsid w:val="00D033E4"/>
     <w:rsid w:val="00D06B72"/>
     <w:rsid w:val="00D06F9A"/>
     <w:rsid w:val="00D20D3D"/>
     <w:rsid w:val="00D213DF"/>
     <w:rsid w:val="00D2227B"/>
     <w:rsid w:val="00D308BA"/>
     <w:rsid w:val="00D33C20"/>
     <w:rsid w:val="00D354E8"/>
     <w:rsid w:val="00D37B52"/>
+    <w:rsid w:val="00D37E93"/>
     <w:rsid w:val="00D523A5"/>
     <w:rsid w:val="00D52E3A"/>
     <w:rsid w:val="00D610BA"/>
     <w:rsid w:val="00D61EA0"/>
     <w:rsid w:val="00D6613B"/>
     <w:rsid w:val="00D67807"/>
     <w:rsid w:val="00D7221C"/>
     <w:rsid w:val="00D77697"/>
     <w:rsid w:val="00D906E1"/>
     <w:rsid w:val="00D90767"/>
     <w:rsid w:val="00D93704"/>
     <w:rsid w:val="00D94633"/>
     <w:rsid w:val="00D95AB6"/>
     <w:rsid w:val="00D971AE"/>
     <w:rsid w:val="00DA4BAC"/>
     <w:rsid w:val="00DA642F"/>
     <w:rsid w:val="00DB0CDE"/>
     <w:rsid w:val="00DB377D"/>
     <w:rsid w:val="00DB5263"/>
     <w:rsid w:val="00DB7158"/>
     <w:rsid w:val="00DC130F"/>
+    <w:rsid w:val="00DC1C30"/>
     <w:rsid w:val="00DC2C0E"/>
     <w:rsid w:val="00DC6E64"/>
     <w:rsid w:val="00DC7D70"/>
     <w:rsid w:val="00DD5303"/>
     <w:rsid w:val="00DD66C3"/>
     <w:rsid w:val="00DE17F2"/>
     <w:rsid w:val="00DE7FC3"/>
     <w:rsid w:val="00DF78BF"/>
     <w:rsid w:val="00E01899"/>
     <w:rsid w:val="00E03713"/>
     <w:rsid w:val="00E03E02"/>
     <w:rsid w:val="00E05586"/>
     <w:rsid w:val="00E137FB"/>
     <w:rsid w:val="00E16616"/>
     <w:rsid w:val="00E17B2A"/>
     <w:rsid w:val="00E22BD6"/>
     <w:rsid w:val="00E22CA6"/>
     <w:rsid w:val="00E23DFA"/>
     <w:rsid w:val="00E247A1"/>
     <w:rsid w:val="00E25C9E"/>
     <w:rsid w:val="00E344C7"/>
     <w:rsid w:val="00E47377"/>
+    <w:rsid w:val="00E50B77"/>
     <w:rsid w:val="00E52041"/>
     <w:rsid w:val="00E53B9B"/>
     <w:rsid w:val="00E55BAD"/>
     <w:rsid w:val="00E60212"/>
     <w:rsid w:val="00E656EC"/>
     <w:rsid w:val="00E65BEA"/>
     <w:rsid w:val="00E71D8B"/>
     <w:rsid w:val="00E7220D"/>
     <w:rsid w:val="00E72B57"/>
+    <w:rsid w:val="00E731C3"/>
     <w:rsid w:val="00E76C9D"/>
     <w:rsid w:val="00E80693"/>
     <w:rsid w:val="00E8407F"/>
+    <w:rsid w:val="00E84EBE"/>
     <w:rsid w:val="00E858A9"/>
     <w:rsid w:val="00E86E61"/>
     <w:rsid w:val="00E90C6D"/>
     <w:rsid w:val="00E9283E"/>
+    <w:rsid w:val="00E940F7"/>
+    <w:rsid w:val="00E95EBF"/>
     <w:rsid w:val="00E97931"/>
     <w:rsid w:val="00E97A87"/>
     <w:rsid w:val="00EA29FD"/>
     <w:rsid w:val="00EB0352"/>
     <w:rsid w:val="00EB12A3"/>
     <w:rsid w:val="00EB67A9"/>
     <w:rsid w:val="00EB7B29"/>
     <w:rsid w:val="00EC7E8A"/>
     <w:rsid w:val="00ED3893"/>
     <w:rsid w:val="00ED78AF"/>
     <w:rsid w:val="00EE0401"/>
     <w:rsid w:val="00EE168A"/>
     <w:rsid w:val="00F0215B"/>
     <w:rsid w:val="00F04435"/>
     <w:rsid w:val="00F0538E"/>
+    <w:rsid w:val="00F07CF5"/>
     <w:rsid w:val="00F12DC3"/>
     <w:rsid w:val="00F1370D"/>
+    <w:rsid w:val="00F14847"/>
+    <w:rsid w:val="00F14C15"/>
     <w:rsid w:val="00F20DF4"/>
     <w:rsid w:val="00F41DDA"/>
     <w:rsid w:val="00F4682C"/>
     <w:rsid w:val="00F47174"/>
     <w:rsid w:val="00F5020A"/>
     <w:rsid w:val="00F533DC"/>
     <w:rsid w:val="00F60E27"/>
     <w:rsid w:val="00F63BB5"/>
     <w:rsid w:val="00F85976"/>
     <w:rsid w:val="00F9422D"/>
     <w:rsid w:val="00FA08B8"/>
+    <w:rsid w:val="00FA3CAB"/>
     <w:rsid w:val="00FA40C3"/>
     <w:rsid w:val="00FA6208"/>
     <w:rsid w:val="00FA773D"/>
     <w:rsid w:val="00FB1126"/>
     <w:rsid w:val="00FB4970"/>
     <w:rsid w:val="00FB5AA2"/>
     <w:rsid w:val="00FD0FFD"/>
     <w:rsid w:val="00FD196E"/>
     <w:rsid w:val="00FD1C8F"/>
     <w:rsid w:val="00FD37BB"/>
     <w:rsid w:val="00FD4412"/>
     <w:rsid w:val="00FE2CAC"/>
+    <w:rsid w:val="00FE42A5"/>
+    <w:rsid w:val="00FE664E"/>
     <w:rsid w:val="00FF09DB"/>
     <w:rsid w:val="00FF548F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -21122,54 +21461,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010067EC4DE1791E2B4EA58A7571ABC53335" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2dae791c04f488c5225603968af757ea">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="13f4b1e4-0d4c-46e5-97b4-e54254471a98" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="1a328720-1792-4e87-b2a9-dbdb07f5995e" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns6="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="48007c19602b70cf2f24114e5a3f6668" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accountable" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Priority" minOccurs="0"/>
                 <xsd:element ref="ns3:_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:Responsible_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:Phase_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
@@ -21459,185 +21794,189 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">1</_Version>
     <Responsible_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Value>PM</Value>
       <Value>PDC</Value>
       <Value>DT</Value>
     </Responsible_x0020_1>
     <Accountable xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Value>1</Value>
     </Accountable>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <Phase_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Value>Phase 4 - Design</Value>
       <Value>Road Renewal</Value>
       <Value>Traffic Signal Illumination</Value>
       <Value>Bridges &amp; Culverts</Value>
     </Phase_x0020_1>
     <Document_x0020_Priority xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Priority>
     <Document_x0020_Type xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Type>
     <TaxCatchAll xmlns="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <UserGroup xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </UserGroup>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDD8E6CC-7382-4525-B997-6DCE9C5F2918}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F96BCBA-48DB-435A-9B77-5993F22A34E4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B77B1DB-A910-4FEF-9B60-6FBBB0F4FA86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F313F3DA-E59D-4E48-BC97-38CCF5279A89}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>31</Pages>
-  <Words>10332</Words>
-  <Characters>58897</Characters>
+  <Words>10439</Words>
+  <Characters>59508</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>490</Lines>
-  <Paragraphs>138</Paragraphs>
+  <Lines>495</Lines>
+  <Paragraphs>139</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>General Contract Specifications</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>69091</CharactersWithSpaces>
+  <CharactersWithSpaces>69808</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>General Contract Specifications</dc:title>
-  <dc:creator>Deiana, Anthony</dc:creator>
+  <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010067EC4DE1791E2B4EA58A7571ABC53335</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>