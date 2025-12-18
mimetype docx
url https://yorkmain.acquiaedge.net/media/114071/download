--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -110,56 +110,59 @@
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D5725E5" w14:textId="77777777" w:rsidR="008524C0" w:rsidRPr="00E16B31" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="StyleCalibri18ptBoldCenteredAfter24ptCondensedby"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Electrical</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16B31">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Specifications – General</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23558E9F" w14:textId="77777777" w:rsidR="008524C0" w:rsidRPr="00877325" w:rsidRDefault="008524C0" w:rsidP="00877325">
+    <w:p w14:paraId="7DE16AF8" w14:textId="65DC40B9" w:rsidR="00677239" w:rsidRPr="00877325" w:rsidRDefault="008524C0" w:rsidP="00877325">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00877325">
         <w:t>Abbreviations</w:t>
+      </w:r>
+      <w:r w:rsidR="00677239">
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF9ECBA" w14:textId="11EA12D1" w:rsidR="008524C0" w:rsidRPr="00962350" w:rsidRDefault="008524C0" w:rsidP="00D031CF">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r w:rsidRPr="00962350">
         <w:t xml:space="preserve">When the following abbreviations are used in </w:t>
       </w:r>
       <w:r>
         <w:t>the Electrical Specifications</w:t>
       </w:r>
       <w:r w:rsidRPr="00962350">
         <w:t xml:space="preserve">, they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00FF3F3B">
         <w:t>have the following meaning</w:t>
       </w:r>
       <w:r w:rsidR="0050764C">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00962350">
@@ -15008,51 +15011,51 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3713D63F" w14:textId="16B72DB2" w:rsidR="008524C0" w:rsidRPr="00ED3847" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNMasterItem"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Toc42773554"/>
       <w:r w:rsidRPr="00ED3847">
         <w:lastRenderedPageBreak/>
         <w:t>Item E41</w:t>
       </w:r>
       <w:r w:rsidR="007270A7">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED3847">
         <w:tab/>
         <w:t>Supply and Install Ground Rod</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="0F0F08E1" w14:textId="588864DE" w:rsidR="008524C0" w:rsidRPr="00622605" w:rsidRDefault="008524C0" w:rsidP="008524C0">
+    <w:p w14:paraId="0F0F08E1" w14:textId="4C6BB305" w:rsidR="008524C0" w:rsidRPr="00622605" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00622605">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>The following Standard Drawings are applicable to this item: E-3.01,</w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
@@ -15069,51 +15072,79 @@
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>drawings that are not applicable]</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6B38">
         <w:rPr>
           <w:i/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00622605">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>E-5.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-5.10, E-5.11, E-5.12 and E-5.13</w:t>
+        <w:t>E-5.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-5.10, E-5.11, E-5.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622605">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E-5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80" w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and E-5.14</w:t>
       </w:r>
       <w:r w:rsidRPr="004C5941">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00622605">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED458FC" w14:textId="77777777" w:rsidR="008524C0" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve">The Contractor shall supply and install a 20 mm x 3.0 m copper clad ground rod in the location(s) shown on the Drawings. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43668CB2" w14:textId="54133035" w:rsidR="008524C0" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
@@ -15164,51 +15195,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="699EF349" w14:textId="06796402" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="006242CF" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r>
         <w:t>A g</w:t>
       </w:r>
       <w:r w:rsidR="008524C0" w:rsidRPr="00C3115D">
         <w:t>round rod driven into the ground shall be buried so that the top of the ground rod is 300 mm below the finished grade</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008524C0" w:rsidRPr="00C3115D">
         <w:t xml:space="preserve"> and it shall be left uncovered until it has been inspected by </w:t>
       </w:r>
       <w:r w:rsidR="00AB5802">
         <w:t>the Owner</w:t>
       </w:r>
       <w:r w:rsidR="008524C0" w:rsidRPr="00C3115D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F10737" w14:textId="1B555234" w:rsidR="006242CF" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="006242CF">
+    <w:p w14:paraId="60F10737" w14:textId="5ABFB75B" w:rsidR="006242CF" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="006242CF">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t>round rods for the service enclosure shall be installed in accordance with Standard Drawing</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">[Delete </w:t>
       </w:r>
@@ -15223,51 +15254,75 @@
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>drawings that are not applicable]</w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00622605">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>E-5.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-5.10, E-5.11, E-5.12 and E-5.13</w:t>
+        <w:t>E-5.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-5.10, E-5.11, E-5.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622605">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>E-5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80" w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and E-5.14</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="122D82B9" w14:textId="6F112711" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r w:rsidRPr="00C3115D">
         <w:t>For temporary traffic signal installation</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00032F93">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve"> the Contractor shall supply and install a </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
@@ -15574,51 +15629,51 @@
         <w:t xml:space="preserve">Payment shall be made at the unit price and shall be full compensation for all labour, equipment and materials necessary to complete the work as specified. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1607A562" w14:textId="04E52752" w:rsidR="008524C0" w:rsidRPr="00ED3847" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNMasterItem"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="_Toc42773556"/>
       <w:r w:rsidRPr="00ED3847">
         <w:t>Item E41</w:t>
       </w:r>
       <w:r w:rsidR="007270A7">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED3847">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0094105A">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED3847">
         <w:t>upply and Install Equipment for Power Supply</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="12D95A2C" w14:textId="3A956A88" w:rsidR="008524C0" w:rsidRPr="002872F6" w:rsidRDefault="008524C0" w:rsidP="008524C0">
+    <w:p w14:paraId="12D95A2C" w14:textId="07EA1785" w:rsidR="008524C0" w:rsidRPr="002872F6" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002872F6">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">The following Standard Drawings are applicable to this item: </w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">[Delete </w:t>
       </w:r>
       <w:r w:rsidR="00A92984">
         <w:rPr>
           <w:b/>
@@ -15631,67 +15686,95 @@
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>drawings that are not applicable]</w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008048AC">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>E-5.01, E-5.02 E-5.03, E-5.05 E-5.08, E-5.09 E-5.10, E-5.11 E-5.12 and E-5.13</w:t>
+        <w:t>E-5.01, E-5.02 E-5.03, E-5.05 E-5.08, E-5.09 E-5.10, E-5.11 E-5.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008048AC">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>E-5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80" w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and E-5.14</w:t>
       </w:r>
       <w:r w:rsidRPr="004C5941">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008841CA">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3764F3F2" w14:textId="1141A1CC" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="008524C0">
+    <w:p w14:paraId="3764F3F2" w14:textId="3A950DA7" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r w:rsidRPr="00C3115D">
         <w:t>The Contractor shall supply and install equipment for the power supply on the service pole in the location(s) shown on the Drawings and in accordance with Standard Drawing</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">[Delete </w:t>
       </w:r>
       <w:r w:rsidR="00A92984">
         <w:rPr>
           <w:b/>
@@ -15709,51 +15792,87 @@
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>drawings that are not applicable]</w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008841CA">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>E-5</w:t>
       </w:r>
       <w:r w:rsidRPr="008048AC">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-510, E-5.11, E-5.12 and E-5.13</w:t>
+        <w:t>.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008048AC">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>10, E-5.11, E-5.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008048AC">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>E-5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80" w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and E-5.14</w:t>
       </w:r>
       <w:r w:rsidRPr="004C5941">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36EF59F7" w14:textId="2E587066" w:rsidR="008524C0" w:rsidRPr="002872F6" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00734416">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Prior to the service installation, </w:t>
       </w:r>
       <w:r w:rsidR="00AB5802">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -23322,51 +23441,51 @@
         <w:t xml:space="preserve">Basis of Payment </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3263CDE2" w14:textId="77777777" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r>
         <w:t>Payment shall be made at the unit price and shall be full compensation for all labour, equipment and materials necessary to complete the work as specified.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39DE25A1" w14:textId="77777777" w:rsidR="008524C0" w:rsidRPr="00ED3847" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNMasterItem"/>
       </w:pPr>
       <w:bookmarkStart w:id="69" w:name="_Toc42773604"/>
       <w:r w:rsidRPr="00ED3847">
         <w:t>Item E611</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED3847">
         <w:tab/>
         <w:t>Supply and Install Ground Wire</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
     </w:p>
-    <w:p w14:paraId="7CB1719A" w14:textId="55C240B8" w:rsidR="008524C0" w:rsidRPr="00DD6FB8" w:rsidRDefault="008524C0" w:rsidP="008524C0">
+    <w:p w14:paraId="7CB1719A" w14:textId="03398C53" w:rsidR="008524C0" w:rsidRPr="00DD6FB8" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6FB8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>The following Standard Drawing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6FB8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -23421,55 +23540,84 @@
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>drawings that are not applicable]</w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00655DA2">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>E-5.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-5.10, E-5.11, E-5.12 and E-5.13</w:t>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t>E-5.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-5.10, E-5.11, E-5.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655DA2">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>E-5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80" w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and E-5.14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5E80">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E6029B1" w14:textId="77777777" w:rsidR="008524C0" w:rsidRPr="00655DA2" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r w:rsidRPr="00655DA2">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Contractor shall supply and install </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00655DA2">
         <w:t>#6 AWG, RWU green, stranded copper ground wire in the location(s) shown on the Drawings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D1E0FD" w14:textId="77777777" w:rsidR="008524C0" w:rsidRPr="009C5CEF" w:rsidRDefault="008524C0" w:rsidP="009C5CEF">
       <w:pPr>
         <w:pStyle w:val="TRNHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="009C5CEF">
         <w:t>Aerial Installation</w:t>
@@ -23879,51 +24027,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00C3115D">
         <w:t>The controller shall not be connected to the system ground.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0758A464" w14:textId="5F6E973E" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve">A continuous #6 AWG, RWU90 green, stranded copper ground wire shall be installed from the span wire on </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve"> pole to the ground rod located adjacent to </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve"> pole.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA74706" w14:textId="3BA6F05A" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="008524C0">
+    <w:p w14:paraId="6EA74706" w14:textId="51C8F8A9" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve"> continuous 2/0 bare, stranded copper ground wire shall be installed from the service enclosure to the four </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(4) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t xml:space="preserve">ground rods located adjacent to </w:t>
       </w:r>
       <w:r w:rsidR="00DF1618">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00DF1618" w:rsidRPr="00C3115D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3115D">
         <w:t>pole. (</w:t>
       </w:r>
       <w:r>
@@ -23959,51 +24107,75 @@
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>drawings that are not applicable]</w:t>
       </w:r>
       <w:r w:rsidR="001C6B38" w:rsidRPr="001C6B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000142C0">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>E-5.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-5.10, E-5.11, E-5.12 and E-5.13)</w:t>
+        <w:t>E-5.01, E-5.02, E-5.03, E-5.05, E-5.08, E-5.09, E-5.10, E-5.11, E-5.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000142C0">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>E-5.13</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E80">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and E-5.14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000142C0">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6B38">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="225CA1F3" w14:textId="77777777" w:rsidR="008524C0" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r w:rsidRPr="00C3115D">
         <w:t>The green/yellow conductor in the traffic signal head and pedestrian signal head riser cable shall be connected to the system ground in a pole handhole and/or a junction box.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56BDA8FD" w14:textId="7C8ABE7F" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
       <w:r w:rsidRPr="00C3115D">
         <w:t>A green conductor used as ground shall be tagged “ground” in the pole handhole and/or junction box.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4508D737" w14:textId="2D814F9E" w:rsidR="008524C0" w:rsidRPr="00C3115D" w:rsidRDefault="008524C0" w:rsidP="008524C0">
       <w:pPr>
         <w:pStyle w:val="TRNBody"/>
       </w:pPr>
@@ -33874,51 +34046,51 @@
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Instructions">
     <w15:presenceInfo w15:providerId="None" w15:userId="Instructions"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="147457"/>
+    <o:shapedefaults v:ext="edit" spidmax="153601"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C96986"/>
     <w:rsid w:val="00002F25"/>
     <w:rsid w:val="00005732"/>
     <w:rsid w:val="00006C22"/>
     <w:rsid w:val="0001246A"/>
     <w:rsid w:val="000212E8"/>
     <w:rsid w:val="000228AA"/>
@@ -33960,313 +34132,325 @@
     <w:rsid w:val="00176821"/>
     <w:rsid w:val="0018147A"/>
     <w:rsid w:val="00182388"/>
     <w:rsid w:val="001829B3"/>
     <w:rsid w:val="001975A5"/>
     <w:rsid w:val="00197E4A"/>
     <w:rsid w:val="001A2D68"/>
     <w:rsid w:val="001C6B38"/>
     <w:rsid w:val="001D2EEA"/>
     <w:rsid w:val="001E7088"/>
     <w:rsid w:val="001F04D1"/>
     <w:rsid w:val="001F4859"/>
     <w:rsid w:val="001F51F4"/>
     <w:rsid w:val="00200AA7"/>
     <w:rsid w:val="0020751B"/>
     <w:rsid w:val="00211277"/>
     <w:rsid w:val="00230810"/>
     <w:rsid w:val="00232E79"/>
     <w:rsid w:val="00235E39"/>
     <w:rsid w:val="00242EA2"/>
     <w:rsid w:val="002449E2"/>
     <w:rsid w:val="002518CC"/>
     <w:rsid w:val="00263ABB"/>
     <w:rsid w:val="002709C5"/>
     <w:rsid w:val="00272C98"/>
+    <w:rsid w:val="00275D1C"/>
     <w:rsid w:val="00276FD0"/>
     <w:rsid w:val="00284028"/>
     <w:rsid w:val="00286475"/>
     <w:rsid w:val="00291184"/>
     <w:rsid w:val="00296A70"/>
     <w:rsid w:val="00296C69"/>
     <w:rsid w:val="002A6352"/>
     <w:rsid w:val="002B4836"/>
     <w:rsid w:val="002B7B01"/>
     <w:rsid w:val="002C23B9"/>
     <w:rsid w:val="002F0A44"/>
     <w:rsid w:val="002F1109"/>
     <w:rsid w:val="003056ED"/>
     <w:rsid w:val="00313909"/>
     <w:rsid w:val="00313991"/>
     <w:rsid w:val="003151A1"/>
     <w:rsid w:val="003158FD"/>
     <w:rsid w:val="00315DD9"/>
     <w:rsid w:val="003368D6"/>
     <w:rsid w:val="0033706E"/>
     <w:rsid w:val="00344DB5"/>
     <w:rsid w:val="003461EF"/>
     <w:rsid w:val="00347CD8"/>
     <w:rsid w:val="00361E93"/>
     <w:rsid w:val="00374E0B"/>
     <w:rsid w:val="00375BB5"/>
     <w:rsid w:val="00375C9F"/>
     <w:rsid w:val="00386D01"/>
     <w:rsid w:val="00392C73"/>
     <w:rsid w:val="003A6F66"/>
     <w:rsid w:val="003B7B05"/>
     <w:rsid w:val="003C1F66"/>
     <w:rsid w:val="003C31B1"/>
     <w:rsid w:val="003C3CA2"/>
     <w:rsid w:val="003C48BD"/>
     <w:rsid w:val="003D6E46"/>
     <w:rsid w:val="003F0B6B"/>
     <w:rsid w:val="0040491E"/>
+    <w:rsid w:val="00406E8D"/>
     <w:rsid w:val="00407789"/>
     <w:rsid w:val="00414F5F"/>
     <w:rsid w:val="00417D2C"/>
     <w:rsid w:val="004217BD"/>
     <w:rsid w:val="00423817"/>
     <w:rsid w:val="00427865"/>
     <w:rsid w:val="004779C9"/>
     <w:rsid w:val="00493DB6"/>
     <w:rsid w:val="00494310"/>
+    <w:rsid w:val="004949F7"/>
     <w:rsid w:val="004966AE"/>
     <w:rsid w:val="00497461"/>
     <w:rsid w:val="004A0D6B"/>
     <w:rsid w:val="004A1779"/>
     <w:rsid w:val="004A5D17"/>
     <w:rsid w:val="004B3149"/>
     <w:rsid w:val="004B394C"/>
     <w:rsid w:val="004C0758"/>
     <w:rsid w:val="004C5941"/>
     <w:rsid w:val="004C64AB"/>
     <w:rsid w:val="004E511C"/>
     <w:rsid w:val="004E6AE0"/>
     <w:rsid w:val="004F1A1D"/>
     <w:rsid w:val="004F3FC4"/>
     <w:rsid w:val="004F4E66"/>
     <w:rsid w:val="0050136A"/>
     <w:rsid w:val="0050560F"/>
     <w:rsid w:val="0050764C"/>
     <w:rsid w:val="005110BA"/>
     <w:rsid w:val="00514442"/>
     <w:rsid w:val="00521870"/>
     <w:rsid w:val="00525D21"/>
     <w:rsid w:val="00531B6D"/>
     <w:rsid w:val="005407A8"/>
     <w:rsid w:val="005413C7"/>
     <w:rsid w:val="005438F8"/>
     <w:rsid w:val="00544BDF"/>
     <w:rsid w:val="00556DF3"/>
     <w:rsid w:val="00557753"/>
     <w:rsid w:val="0056338F"/>
     <w:rsid w:val="00563F84"/>
     <w:rsid w:val="00564694"/>
     <w:rsid w:val="00566199"/>
     <w:rsid w:val="00571825"/>
     <w:rsid w:val="00587524"/>
     <w:rsid w:val="00593641"/>
     <w:rsid w:val="005B4847"/>
     <w:rsid w:val="005B68BD"/>
+    <w:rsid w:val="005D29B3"/>
     <w:rsid w:val="005D4A0E"/>
     <w:rsid w:val="005D7A67"/>
     <w:rsid w:val="005E1BA5"/>
     <w:rsid w:val="005F3982"/>
     <w:rsid w:val="006022DD"/>
     <w:rsid w:val="0060584C"/>
     <w:rsid w:val="00611673"/>
     <w:rsid w:val="006242CF"/>
     <w:rsid w:val="00624BFA"/>
     <w:rsid w:val="006308D7"/>
     <w:rsid w:val="006356D5"/>
     <w:rsid w:val="00637C35"/>
     <w:rsid w:val="00652E4C"/>
     <w:rsid w:val="00674DF7"/>
     <w:rsid w:val="00675D6E"/>
+    <w:rsid w:val="00677239"/>
     <w:rsid w:val="0067774F"/>
     <w:rsid w:val="0068667F"/>
     <w:rsid w:val="0069197B"/>
     <w:rsid w:val="00693F27"/>
     <w:rsid w:val="006944B9"/>
     <w:rsid w:val="006A5476"/>
     <w:rsid w:val="006B1816"/>
     <w:rsid w:val="006C32CC"/>
     <w:rsid w:val="006C3FC6"/>
     <w:rsid w:val="006C66DE"/>
     <w:rsid w:val="006C72E7"/>
     <w:rsid w:val="006D1C3F"/>
     <w:rsid w:val="006D30C4"/>
     <w:rsid w:val="006E4125"/>
     <w:rsid w:val="006E4808"/>
     <w:rsid w:val="006F65D4"/>
     <w:rsid w:val="006F7874"/>
     <w:rsid w:val="00716054"/>
     <w:rsid w:val="007270A7"/>
     <w:rsid w:val="00734416"/>
     <w:rsid w:val="0073519B"/>
     <w:rsid w:val="00743EA8"/>
     <w:rsid w:val="007452C0"/>
     <w:rsid w:val="007512EB"/>
+    <w:rsid w:val="00770430"/>
     <w:rsid w:val="007748FD"/>
     <w:rsid w:val="007759CC"/>
     <w:rsid w:val="0077605C"/>
     <w:rsid w:val="00776574"/>
     <w:rsid w:val="007802A5"/>
     <w:rsid w:val="00785A04"/>
     <w:rsid w:val="0079295B"/>
     <w:rsid w:val="007931BD"/>
     <w:rsid w:val="00794FBC"/>
     <w:rsid w:val="007958B4"/>
     <w:rsid w:val="00796A54"/>
     <w:rsid w:val="007A1A9F"/>
     <w:rsid w:val="007A6C2C"/>
     <w:rsid w:val="007B128F"/>
     <w:rsid w:val="007B365D"/>
     <w:rsid w:val="007C1A4F"/>
     <w:rsid w:val="007D100F"/>
     <w:rsid w:val="007D30ED"/>
     <w:rsid w:val="007E2402"/>
     <w:rsid w:val="007E2991"/>
     <w:rsid w:val="007E70C7"/>
     <w:rsid w:val="00804C63"/>
     <w:rsid w:val="00810A66"/>
     <w:rsid w:val="008138FE"/>
     <w:rsid w:val="0081430A"/>
     <w:rsid w:val="00820AC4"/>
     <w:rsid w:val="00833380"/>
     <w:rsid w:val="0083381A"/>
     <w:rsid w:val="00837196"/>
     <w:rsid w:val="008524C0"/>
     <w:rsid w:val="00853ED8"/>
     <w:rsid w:val="00872889"/>
     <w:rsid w:val="008737D4"/>
     <w:rsid w:val="00876461"/>
     <w:rsid w:val="0087708D"/>
     <w:rsid w:val="00877325"/>
     <w:rsid w:val="00877E7D"/>
     <w:rsid w:val="008812B2"/>
     <w:rsid w:val="00882E33"/>
     <w:rsid w:val="00897132"/>
+    <w:rsid w:val="008974F8"/>
     <w:rsid w:val="00897531"/>
     <w:rsid w:val="008B5A83"/>
     <w:rsid w:val="008B5F7E"/>
     <w:rsid w:val="008D1F13"/>
     <w:rsid w:val="008D4E8E"/>
     <w:rsid w:val="008D5D70"/>
     <w:rsid w:val="008E52B2"/>
     <w:rsid w:val="008F0F53"/>
     <w:rsid w:val="008F3117"/>
     <w:rsid w:val="008F6C80"/>
     <w:rsid w:val="00903875"/>
     <w:rsid w:val="009206E2"/>
     <w:rsid w:val="0092534A"/>
     <w:rsid w:val="00925FAE"/>
     <w:rsid w:val="0092673E"/>
     <w:rsid w:val="0093454B"/>
     <w:rsid w:val="00934AFF"/>
     <w:rsid w:val="00934ED0"/>
     <w:rsid w:val="009369FD"/>
     <w:rsid w:val="00936D3D"/>
     <w:rsid w:val="0094105A"/>
     <w:rsid w:val="00942ADD"/>
     <w:rsid w:val="00952DCF"/>
     <w:rsid w:val="009705BB"/>
     <w:rsid w:val="00971EC1"/>
     <w:rsid w:val="00976868"/>
     <w:rsid w:val="00986B59"/>
     <w:rsid w:val="009A2EBF"/>
     <w:rsid w:val="009B7FD3"/>
     <w:rsid w:val="009C22AB"/>
     <w:rsid w:val="009C5CEF"/>
     <w:rsid w:val="009D755D"/>
     <w:rsid w:val="009D76CF"/>
     <w:rsid w:val="009E4A4F"/>
     <w:rsid w:val="009E5F1A"/>
     <w:rsid w:val="009F69DB"/>
     <w:rsid w:val="00A01DE5"/>
     <w:rsid w:val="00A05BF6"/>
     <w:rsid w:val="00A11B0F"/>
     <w:rsid w:val="00A12D28"/>
     <w:rsid w:val="00A13D9A"/>
     <w:rsid w:val="00A239C6"/>
+    <w:rsid w:val="00A2771F"/>
     <w:rsid w:val="00A301C7"/>
     <w:rsid w:val="00A3792F"/>
     <w:rsid w:val="00A437A5"/>
     <w:rsid w:val="00A43C17"/>
     <w:rsid w:val="00A44484"/>
     <w:rsid w:val="00A71C69"/>
     <w:rsid w:val="00A84367"/>
     <w:rsid w:val="00A85037"/>
     <w:rsid w:val="00A857F6"/>
     <w:rsid w:val="00A85EF6"/>
     <w:rsid w:val="00A92984"/>
     <w:rsid w:val="00A9299B"/>
     <w:rsid w:val="00A92A4F"/>
+    <w:rsid w:val="00A9578B"/>
     <w:rsid w:val="00A96D60"/>
     <w:rsid w:val="00AA03D8"/>
     <w:rsid w:val="00AA70F1"/>
     <w:rsid w:val="00AB12F7"/>
     <w:rsid w:val="00AB423D"/>
     <w:rsid w:val="00AB5802"/>
     <w:rsid w:val="00AC430C"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AD348B"/>
     <w:rsid w:val="00AE312C"/>
     <w:rsid w:val="00AE3F83"/>
+    <w:rsid w:val="00AE5E80"/>
     <w:rsid w:val="00AF0D5A"/>
     <w:rsid w:val="00B04867"/>
     <w:rsid w:val="00B077B9"/>
     <w:rsid w:val="00B11717"/>
     <w:rsid w:val="00B130E0"/>
     <w:rsid w:val="00B324F1"/>
     <w:rsid w:val="00B45AC4"/>
     <w:rsid w:val="00B61DF2"/>
     <w:rsid w:val="00B64ADE"/>
     <w:rsid w:val="00B8179C"/>
     <w:rsid w:val="00B96687"/>
     <w:rsid w:val="00BA0C2A"/>
     <w:rsid w:val="00BA16D6"/>
     <w:rsid w:val="00BA60F4"/>
     <w:rsid w:val="00BB6848"/>
     <w:rsid w:val="00BC4768"/>
     <w:rsid w:val="00BC733C"/>
     <w:rsid w:val="00BC751B"/>
     <w:rsid w:val="00BE5FC2"/>
     <w:rsid w:val="00BE7816"/>
     <w:rsid w:val="00BF0973"/>
+    <w:rsid w:val="00BF6DFC"/>
     <w:rsid w:val="00C02530"/>
     <w:rsid w:val="00C029D7"/>
     <w:rsid w:val="00C10602"/>
     <w:rsid w:val="00C1237C"/>
     <w:rsid w:val="00C17851"/>
     <w:rsid w:val="00C21874"/>
     <w:rsid w:val="00C23877"/>
     <w:rsid w:val="00C272A5"/>
     <w:rsid w:val="00C348D0"/>
     <w:rsid w:val="00C42811"/>
     <w:rsid w:val="00C44F29"/>
     <w:rsid w:val="00C5159B"/>
+    <w:rsid w:val="00C542B5"/>
     <w:rsid w:val="00C576C2"/>
     <w:rsid w:val="00C57D57"/>
     <w:rsid w:val="00C656CE"/>
     <w:rsid w:val="00C9422C"/>
     <w:rsid w:val="00C945DA"/>
     <w:rsid w:val="00C95659"/>
     <w:rsid w:val="00C96986"/>
     <w:rsid w:val="00CA71FD"/>
     <w:rsid w:val="00CB1570"/>
     <w:rsid w:val="00CC6E22"/>
     <w:rsid w:val="00CD2C0F"/>
     <w:rsid w:val="00CD4304"/>
     <w:rsid w:val="00CE2527"/>
     <w:rsid w:val="00CF0159"/>
     <w:rsid w:val="00CF2BEB"/>
     <w:rsid w:val="00D02FA0"/>
     <w:rsid w:val="00D031CF"/>
     <w:rsid w:val="00D20086"/>
     <w:rsid w:val="00D23026"/>
     <w:rsid w:val="00D27DDA"/>
     <w:rsid w:val="00D44B50"/>
     <w:rsid w:val="00D50B2D"/>
     <w:rsid w:val="00D51306"/>
     <w:rsid w:val="00D56F97"/>
     <w:rsid w:val="00D61EC7"/>
@@ -34277,50 +34461,51 @@
     <w:rsid w:val="00D974D6"/>
     <w:rsid w:val="00DA2688"/>
     <w:rsid w:val="00DB6A7C"/>
     <w:rsid w:val="00DB78E0"/>
     <w:rsid w:val="00DC16EF"/>
     <w:rsid w:val="00DC6908"/>
     <w:rsid w:val="00DE7096"/>
     <w:rsid w:val="00DF1618"/>
     <w:rsid w:val="00DF1909"/>
     <w:rsid w:val="00DF6891"/>
     <w:rsid w:val="00E005A5"/>
     <w:rsid w:val="00E018B5"/>
     <w:rsid w:val="00E01C08"/>
     <w:rsid w:val="00E03D7E"/>
     <w:rsid w:val="00E12E4E"/>
     <w:rsid w:val="00E15086"/>
     <w:rsid w:val="00E2735D"/>
     <w:rsid w:val="00E3751B"/>
     <w:rsid w:val="00E43C57"/>
     <w:rsid w:val="00E61AAC"/>
     <w:rsid w:val="00E647C8"/>
     <w:rsid w:val="00E64C91"/>
     <w:rsid w:val="00E71343"/>
     <w:rsid w:val="00E723B8"/>
     <w:rsid w:val="00E80AF7"/>
+    <w:rsid w:val="00E95EBF"/>
     <w:rsid w:val="00EA0359"/>
     <w:rsid w:val="00EA5AE3"/>
     <w:rsid w:val="00EC0FAF"/>
     <w:rsid w:val="00ED283E"/>
     <w:rsid w:val="00ED6BFD"/>
     <w:rsid w:val="00EE0208"/>
     <w:rsid w:val="00EE26E9"/>
     <w:rsid w:val="00EE33CA"/>
     <w:rsid w:val="00EE6D6E"/>
     <w:rsid w:val="00EF0374"/>
     <w:rsid w:val="00EF08BF"/>
     <w:rsid w:val="00EF2191"/>
     <w:rsid w:val="00EF5237"/>
     <w:rsid w:val="00F043CE"/>
     <w:rsid w:val="00F06C4C"/>
     <w:rsid w:val="00F2631A"/>
     <w:rsid w:val="00F3146E"/>
     <w:rsid w:val="00F5103A"/>
     <w:rsid w:val="00F544C5"/>
     <w:rsid w:val="00F60C7C"/>
     <w:rsid w:val="00F61F8A"/>
     <w:rsid w:val="00F6516F"/>
     <w:rsid w:val="00F65CE7"/>
     <w:rsid w:val="00F74724"/>
     <w:rsid w:val="00F7553F"/>
@@ -34338,51 +34523,51 @@
     <w:rsid w:val="00FD23F9"/>
     <w:rsid w:val="00FD675F"/>
     <w:rsid w:val="00FE1095"/>
     <w:rsid w:val="00FE1431"/>
     <w:rsid w:val="00FF0B45"/>
     <w:rsid w:val="00FF1789"/>
     <w:rsid w:val="00FF3F3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="147457"/>
+    <o:shapedefaults v:ext="edit" spidmax="153601"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7FB3D637"/>
   <w15:docId w15:val="{A5504123-593F-4A29-B546-04456E3A2B66}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -35881,99 +36066,90 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">1</_Version>
     <Responsible_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Value>PM</Value>
       <Value>PDC</Value>
       <Value>DT</Value>
     </Responsible_x0020_1>
     <Accountable xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Value>1</Value>
     </Accountable>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <Phase_x0020_1 xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Value>Phase 4 - Design</Value>
       <Value>Road Renewal</Value>
       <Value>Traffic Signal Illumination</Value>
       <Value>Bridges &amp; Culverts</Value>
     </Phase_x0020_1>
     <Document_x0020_Priority xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Priority>
     <Document_x0020_Type xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">1</Document_x0020_Type>
     <TaxCatchAll xmlns="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <UserGroup xmlns="13f4b1e4-0d4c-46e5-97b4-e54254471a98">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </UserGroup>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010067EC4DE1791E2B4EA58A7571ABC53335" ma:contentTypeVersion="32" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="885bd3a55918f947bf9892381241893a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="13f4b1e4-0d4c-46e5-97b4-e54254471a98" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="1a328720-1792-4e87-b2a9-dbdb07f5995e" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns6="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c73fc995b6ae9b88b55ccefbe1261e89" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accountable" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Priority" minOccurs="0"/>
                 <xsd:element ref="ns3:_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:Responsible_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:Phase_x0020_1" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns5:IconOverlay" minOccurs="0"/>
@@ -36281,138 +36457,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7872C95D-492C-4776-9876-783E156305F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EEDB4E5-5C0E-4B99-A538-6AF6CF26C116}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B06D5C9-9F60-4308-9FCC-3DA17C11C90D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E34264C-766D-4A01-A607-745DA2F74816}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="13f4b1e4-0d4c-46e5-97b4-e54254471a98"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="1a328720-1792-4e87-b2a9-dbdb07f5995e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="8259c99d-56ab-4ad2-9a2d-f6e7a8f4b6ef"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EEDB4E5-5C0E-4B99-A538-6AF6CF26C116}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>97</Pages>
-  <Words>28827</Words>
-  <Characters>164314</Characters>
+  <Words>30506</Words>
+  <Characters>162686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1369</Lines>
+  <Lines>1355</Lines>
   <Paragraphs>385</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Electrical Specifications</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regional Municipality of York</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>192756</CharactersWithSpaces>
+  <CharactersWithSpaces>192807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Electrical Specifications</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010067EC4DE1791E2B4EA58A7571ABC53335</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>